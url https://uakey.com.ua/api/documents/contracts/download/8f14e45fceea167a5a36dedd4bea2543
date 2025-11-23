--- v0 (2025-10-08)
+++ v1 (2025-11-23)
@@ -1,16084 +1,8978 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
+  <Default Extension="odttf" ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="004A7EDF" w:rsidRDefault="000C7867" w:rsidP="00612A56">
-[...1 lines deleted...]
-        <w:pStyle w:val="10"/>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:left="540" w:right="83"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00601059">
-[...2 lines deleted...]
-          <w:bCs/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">ДОГОВІР </w:t>
-[...4 lines deleted...]
-          <w:bCs/>
+        <w:t xml:space="preserve">ДОГОВІР № </w:t>
+      </w:r>
+      <w:permStart w:id="935616746" w:edGrp="everyone"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">№ </w:t>
-[...4 lines deleted...]
-          <w:bCs/>
+        <w:t>_______________</w:t>
+      </w:r>
+      <w:permEnd w:id="935616746"/>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="10348"/>
+        </w:tabs>
+        <w:ind w:left="540" w:right="83"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:fldChar w:fldCharType="begin">
-[...12 lines deleted...]
-          <w:bCs/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
-[...84 lines deleted...]
-    <w:p w:rsidR="00612A56" w:rsidRPr="00152BAA" w:rsidRDefault="00612A56" w:rsidP="00612A56">
+        <w:t>про надання кваліфікованих електронних довірчих послуг</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="005767C2"/>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:right="83"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:bCs/>
-[...310 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">м.  Київ                                                                                                                         </w:t>
+      </w:r>
+      <w:permStart w:id="24250905" w:edGrp="everyone"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>«____» ___________ 20___</w:t>
+      </w:r>
+      <w:permEnd w:id="24250905"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> р.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00612A56" w:rsidRPr="00152BAA" w:rsidRDefault="00612A56" w:rsidP="00612A56">
+    <w:p w:rsidR="005767C2" w:rsidRDefault="005767C2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:right="83"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:bCs/>
-[...6 lines deleted...]
-    <w:p w:rsidR="00612A56" w:rsidRPr="00152BAA" w:rsidRDefault="00612A56" w:rsidP="00612A56">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="10632"/>
         </w:tabs>
         <w:spacing w:line="288" w:lineRule="auto"/>
-        <w:ind w:left="213" w:right="85"/>
-[...92 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+        <w:ind w:right="85"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Товариство з обмеженою відповідальністю «Центр сертифікації ключів «Україна» (далі - Центр), в особі </w:t>
+      </w:r>
+      <w:permStart w:id="1724257697" w:edGrp="everyone"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>______________________________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="00152BAA">
-[...13 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+      <w:permEnd w:id="1724257697"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, що діє на підставі </w:t>
       </w:r>
-      <w:r w:rsidRPr="00152BAA">
-[...52 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+      <w:permStart w:id="1640826802" w:edGrp="everyone"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>_______________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="00152BAA">
-[...13 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+      <w:permEnd w:id="1640826802"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, з одного боку, і </w:t>
       </w:r>
-      <w:r w:rsidRPr="00152BAA">
-[...52 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+      <w:permStart w:id="1194537735" w:edGrp="everyone"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>____________________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="00152BAA">
-[...13 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+      <w:permEnd w:id="1194537735"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> (далі - Клієнт) в особі </w:t>
       </w:r>
-      <w:r w:rsidRPr="00152BAA">
-[...52 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+      <w:permStart w:id="93404166" w:edGrp="everyone"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>___________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="00152BAA">
-[...13 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+      <w:permEnd w:id="93404166"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, що діє на підставі </w:t>
       </w:r>
-      <w:r w:rsidRPr="00152BAA">
-[...52 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+      <w:permStart w:id="1194606794" w:edGrp="everyone"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>__________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="00152BAA">
-[...13 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+      <w:permEnd w:id="1194606794"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> з іншого боку, далі разом іменуються як Сторони, а кожна окремо - Сторона, уклали цей Договір про наступне:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="000C4C5D">
-[...13 lines deleted...]
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="000C4C5D">
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="142"/>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
-        <w:ind w:left="0" w:right="83" w:firstLine="0"/>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="0" w:right="85" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:bCs/>
-[...11 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Загальні положення</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006E02F9" w:rsidRPr="00683F49" w:rsidRDefault="006E02F9" w:rsidP="008A2C0E">
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="3"/>
-[...3 lines deleted...]
-          <w:tab w:val="num" w:pos="851"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:tabs>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:left="0" w:right="83" w:firstLine="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...27 lines deleted...]
-    <w:p w:rsidR="006E02F9" w:rsidRPr="00683F49" w:rsidRDefault="006E02F9" w:rsidP="006E02F9">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Порядок надання послуг визначається:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:left="1134" w:right="83" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...55 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Законами України «Про електронну ідентифікацію та електронні довірчі послуги» від 05.10.2017 № 2155-VIII (далі - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Закон</w:t>
       </w:r>
-      <w:r w:rsidRPr="00683F49">
-[...3 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>) та «Про електронні документи та електронний документообіг» від 22.05.2003 р. № 851-IV;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006E02F9" w:rsidRPr="00683F49" w:rsidRDefault="00E12E80" w:rsidP="006E02F9">
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:left="1134" w:right="83" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...23 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Регламентом роботи кваліфікованого надавача електронних довірчих послуг Центру (далі -  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Регламент</w:t>
       </w:r>
-      <w:r w:rsidR="006E02F9" w:rsidRPr="00683F49">
-[...3 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006E02F9" w:rsidRPr="00683F49" w:rsidRDefault="006E02F9" w:rsidP="006E02F9">
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:left="1134" w:right="83" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...28 lines deleted...]
-    <w:p w:rsidR="006E02F9" w:rsidRPr="00683F49" w:rsidRDefault="006E02F9" w:rsidP="006E02F9">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>цим Договором;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:left="1134" w:right="83" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:bCs/>
-[...6 lines deleted...]
-          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>іншими нормативно-правовими актами у сфері електронних довірчих послуг.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="00F1409B">
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="3"/>
-[...3 lines deleted...]
-          <w:tab w:val="num" w:pos="851"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:tabs>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:left="0" w:right="83" w:firstLine="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...89 lines deleted...]
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="000C4C5D">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Користувачі електронних довірчих послуг - підписувачі, створювачі електронних печаток, відправники та отримувачі електронних даних, інші фізичні та юридичні особи, які отримують електронні довірчі послуги у Центрі відповідно до вимог Закону України «Про електронну ідентифікацію та електронні довірчі послуги»» від 05.10.2017 № 2155-VIII. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="3"/>
-[...3 lines deleted...]
-          <w:tab w:val="num" w:pos="851"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:tabs>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:left="0" w:right="83" w:firstLine="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...27 lines deleted...]
-    <w:p w:rsidR="005A719E" w:rsidRPr="00683F49" w:rsidRDefault="005A719E">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Клієнт несе юридичну та фінансову відповідальність за виконання користувачами електронних довірчих послуг, що його представляють, умов цього Договору.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="3"/>
-[...3 lines deleted...]
-          <w:tab w:val="num" w:pos="851"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:tabs>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:left="0" w:right="83" w:firstLine="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...47 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Всі користувачі електронних довірчих послуг, які звернулися за отриманням послуги формування кваліфікованого сертифіката електронного підпису чи печатки (далі – </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>сертифікат</w:t>
       </w:r>
-      <w:r w:rsidR="008356D5" w:rsidRPr="00683F49">
-[...72 lines deleted...]
-    <w:p w:rsidR="006D7DD3" w:rsidRPr="00683F49" w:rsidRDefault="000C4C5D" w:rsidP="0026514D">
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>), мають пройти процедуру ідентифікації особи згідно зі ст. 22 Закону.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="3"/>
-[...3 lines deleted...]
-          <w:tab w:val="num" w:pos="851"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:tabs>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:left="0" w:right="83" w:firstLine="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...27 lines deleted...]
-        <w:r w:rsidRPr="00683F49">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Клієнт підтверджує, що ознайомився і погоджується з політикою сертифікації та умовами обслуговування кваліфікованих сертифікатів, які викладені в Регламенті Центру, розміщеному на електронному інформаційному загальнодоступному ресурсі в мережі Internet - сайт </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8">
+        <w:r>
           <w:rPr>
-            <w:rStyle w:val="a3"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
-            <w:lang w:val="uk-UA"/>
+            <w:u w:val="single"/>
           </w:rPr>
           <w:t>http://uakey.com.ua</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00683F49">
-[...3 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> (далі – </w:t>
       </w:r>
-      <w:r w:rsidRPr="00683F49">
-[...4 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>сайт Центру</w:t>
       </w:r>
-      <w:r w:rsidRPr="00683F49">
-[...24 lines deleted...]
-    <w:p w:rsidR="008630A2" w:rsidRPr="00683F49" w:rsidRDefault="008630A2" w:rsidP="008630A2">
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>), та нормативно-правових актах, що регулюють надання електронних довірчих послуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="3"/>
-[...3 lines deleted...]
-          <w:tab w:val="num" w:pos="851"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:left="0" w:right="83" w:firstLine="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA" w:eastAsia="uk-UA"/>
-[...11 lines deleted...]
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="000C4C5D" w:rsidP="0026514D">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Комп’ютерна програма «Програмний комплекс «Варта» - програмний засіб криптографічного захисту інформації (Експертний висновок Державної служби спеціального зв’язку та захисту інформації України №04/05/02-3028 від 17.11.2020 року) (надалі – КП «Програмний комплекс «Варта»).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="3"/>
-[...3 lines deleted...]
-          <w:tab w:val="num" w:pos="851"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:tabs>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:left="0" w:right="83" w:firstLine="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...6 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Всі інші терміни в цьому Договорі вживаються у значенні, визначеному Законом та іншими чинними нормативно-правовими актами України. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="000C4C5D">
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="142"/>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
-        <w:ind w:left="0" w:right="83" w:firstLine="0"/>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="0" w:right="85" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:bCs/>
-[...11 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Предмет договору</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E12E80" w:rsidRPr="00683F49" w:rsidRDefault="000C4C5D">
-[...1 lines deleted...]
-        <w:pStyle w:val="25"/>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
-        </w:numPr>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:left="0" w:right="83" w:firstLine="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="FF0000"/>
-[...56 lines deleted...]
-        <w:pStyle w:val="25"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Центр надає Клієнту, а Клієнт приймає і оплачує наступні послуги за ціною, визначеною в цьому Договорі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:left="357" w:right="83"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:eastAsia="uk-UA"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00683F49">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...33 lines deleted...]
-        <w:pStyle w:val="25"/>
+        <w:t>2.1.1. кваліфікована електронна довірча послуга створення, перевірки та підтвердження кваліфікованого електронного підпису чи печатки, яка включає:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="10348"/>
           <w:tab w:val="left" w:pos="10635"/>
           <w:tab w:val="left" w:pos="11344"/>
           <w:tab w:val="left" w:pos="12053"/>
           <w:tab w:val="left" w:pos="12762"/>
           <w:tab w:val="left" w:pos="13471"/>
           <w:tab w:val="left" w:pos="14180"/>
           <w:tab w:val="left" w:pos="14889"/>
           <w:tab w:val="left" w:pos="15598"/>
           <w:tab w:val="left" w:pos="16307"/>
           <w:tab w:val="left" w:pos="17016"/>
           <w:tab w:val="left" w:pos="17725"/>
           <w:tab w:val="left" w:pos="18434"/>
         </w:tabs>
         <w:ind w:left="357" w:right="83"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:eastAsia="uk-UA"/>
-[...6 lines deleted...]
-          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">- </w:t>
-[...44 lines deleted...]
-        <w:pStyle w:val="25"/>
+        <w:t>- надання користувачам електронних довірчих послуг засобів кваліфікованого електронного підпису чи печатки для генерації пар ключів та/або створення кваліфікованих електронних підписів чи печаток, та/або перевірки кваліфікованих електронних підписів чи печаток;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:right="83"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:eastAsia="uk-UA"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00813192">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">2.1.2. </w:t>
-[...28 lines deleted...]
-        <w:pStyle w:val="25"/>
+        <w:t>2.1.2. кваліфікована електронна довірча послуга формування, перевірки та підтвердження чинності кваліфікованого сертифіката електронного підпису чи печатки, яка включає:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="10348"/>
           <w:tab w:val="left" w:pos="10635"/>
           <w:tab w:val="left" w:pos="11344"/>
           <w:tab w:val="left" w:pos="12053"/>
           <w:tab w:val="left" w:pos="12762"/>
           <w:tab w:val="left" w:pos="13471"/>
           <w:tab w:val="left" w:pos="14180"/>
           <w:tab w:val="left" w:pos="14889"/>
           <w:tab w:val="left" w:pos="15598"/>
           <w:tab w:val="left" w:pos="16307"/>
           <w:tab w:val="left" w:pos="17016"/>
           <w:tab w:val="left" w:pos="17725"/>
           <w:tab w:val="left" w:pos="18434"/>
         </w:tabs>
         <w:ind w:left="357" w:right="83"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:eastAsia="uk-UA"/>
-[...6 lines deleted...]
-          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>- створення умов для генерації пари ключів особисто підписувачем чи створювачем (уповноваженим представником юридичної особи) електронної печатки;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0069450B" w:rsidRPr="00683F49" w:rsidRDefault="0069450B" w:rsidP="0069450B">
-[...1 lines deleted...]
-        <w:pStyle w:val="25"/>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="10348"/>
           <w:tab w:val="left" w:pos="10635"/>
           <w:tab w:val="left" w:pos="11344"/>
           <w:tab w:val="left" w:pos="12053"/>
           <w:tab w:val="left" w:pos="12762"/>
           <w:tab w:val="left" w:pos="13471"/>
           <w:tab w:val="left" w:pos="14180"/>
           <w:tab w:val="left" w:pos="14889"/>
           <w:tab w:val="left" w:pos="15598"/>
           <w:tab w:val="left" w:pos="16307"/>
           <w:tab w:val="left" w:pos="17016"/>
           <w:tab w:val="left" w:pos="17725"/>
           <w:tab w:val="left" w:pos="18434"/>
         </w:tabs>
         <w:ind w:left="357" w:right="83"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:eastAsia="uk-UA"/>
-[...6 lines deleted...]
-          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>- формування сертифікатів, що відповідають вимогам Закону, та видачу їх Клієнту;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0069450B" w:rsidRPr="00683F49" w:rsidRDefault="0069450B" w:rsidP="0069450B">
-[...1 lines deleted...]
-        <w:pStyle w:val="25"/>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="10348"/>
           <w:tab w:val="left" w:pos="10635"/>
           <w:tab w:val="left" w:pos="11344"/>
           <w:tab w:val="left" w:pos="12053"/>
           <w:tab w:val="left" w:pos="12762"/>
           <w:tab w:val="left" w:pos="13471"/>
           <w:tab w:val="left" w:pos="14180"/>
           <w:tab w:val="left" w:pos="14889"/>
           <w:tab w:val="left" w:pos="15598"/>
           <w:tab w:val="left" w:pos="16307"/>
           <w:tab w:val="left" w:pos="17016"/>
           <w:tab w:val="left" w:pos="17725"/>
           <w:tab w:val="left" w:pos="18434"/>
         </w:tabs>
         <w:ind w:left="357" w:right="83"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:eastAsia="uk-UA"/>
-[...6 lines deleted...]
-          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>- скасування, блокування та поновлення сертифікатів у випадках, передбачених Законом;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0069450B" w:rsidRPr="00683F49" w:rsidRDefault="0069450B" w:rsidP="0069450B">
-[...1 lines deleted...]
-        <w:pStyle w:val="25"/>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="10348"/>
           <w:tab w:val="left" w:pos="10635"/>
           <w:tab w:val="left" w:pos="11344"/>
           <w:tab w:val="left" w:pos="12053"/>
           <w:tab w:val="left" w:pos="12762"/>
           <w:tab w:val="left" w:pos="13471"/>
           <w:tab w:val="left" w:pos="14180"/>
           <w:tab w:val="left" w:pos="14889"/>
           <w:tab w:val="left" w:pos="15598"/>
           <w:tab w:val="left" w:pos="16307"/>
           <w:tab w:val="left" w:pos="17016"/>
           <w:tab w:val="left" w:pos="17725"/>
           <w:tab w:val="left" w:pos="18434"/>
         </w:tabs>
         <w:ind w:left="357" w:right="83"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:eastAsia="uk-UA"/>
-[...6 lines deleted...]
-          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>- перевірку та підтвердження чинності сертифікатів шляхом надання третім особам інформації про їхній статус та відповідність вимогам Закону;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0069450B" w:rsidRPr="00683F49" w:rsidRDefault="0069450B" w:rsidP="0069450B">
-[...1 lines deleted...]
-        <w:pStyle w:val="25"/>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="10348"/>
           <w:tab w:val="left" w:pos="10635"/>
           <w:tab w:val="left" w:pos="11344"/>
           <w:tab w:val="left" w:pos="12053"/>
           <w:tab w:val="left" w:pos="12762"/>
           <w:tab w:val="left" w:pos="13471"/>
           <w:tab w:val="left" w:pos="14180"/>
           <w:tab w:val="left" w:pos="14889"/>
           <w:tab w:val="left" w:pos="15598"/>
           <w:tab w:val="left" w:pos="16307"/>
           <w:tab w:val="left" w:pos="17016"/>
           <w:tab w:val="left" w:pos="17725"/>
           <w:tab w:val="left" w:pos="18434"/>
         </w:tabs>
         <w:ind w:left="357" w:right="83"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:eastAsia="uk-UA"/>
-[...6 lines deleted...]
-          <w:lang w:eastAsia="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">- надання доступу до сформованих сертифікатів шляхом їх розміщення на </w:t>
-[...20 lines deleted...]
-        <w:pStyle w:val="25"/>
+        <w:t>- надання доступу до сформованих сертифікатів шляхом їх розміщення на сайті Центру, за умови згоди Клієнта на публікацію сертифіката;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:right="83"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00813192">
+      <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>2.1.3. кваліфікована електронна довірча послуга формування, перевірки та підтвердження кваліфікованої електронної позначки часу, яка включає:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008C28BB" w:rsidRPr="00813192" w:rsidRDefault="008C28BB" w:rsidP="008C28BB">
-[...1 lines deleted...]
-        <w:pStyle w:val="25"/>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:right="83"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00813192">
+      <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>- формування кваліфікованої електронної позначки часу;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008C28BB" w:rsidRPr="00813192" w:rsidRDefault="008C28BB" w:rsidP="008C28BB">
-[...1 lines deleted...]
-        <w:pStyle w:val="25"/>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:right="83"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00813192">
+      <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>- передачу кваліфікованої електронної позначки часу користувачеві електронної довірчої послуги;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008C28BB" w:rsidRPr="00813192" w:rsidRDefault="008C28BB" w:rsidP="008C28BB">
-[...1 lines deleted...]
-        <w:pStyle w:val="25"/>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:right="83"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00813192">
+      <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(надалі разом або кожна окрема - </w:t>
       </w:r>
-      <w:r w:rsidR="00B12C38" w:rsidRPr="00813192">
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>довірчі послуги</w:t>
       </w:r>
-      <w:r w:rsidRPr="00813192">
+      <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="000C4C5D">
-[...1 lines deleted...]
-        <w:pStyle w:val="25"/>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
-        </w:numPr>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:left="0" w:right="83" w:firstLine="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000E633E">
-[...129 lines deleted...]
-        <w:pStyle w:val="25"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Центр на умовах цього Договору надає право використання КП «Програмний комплекс «Варта»,  визначеного в п. 1.6. цього Договору, з правом використання до закінчення терміну дії кваліфікованого сертифікату електронного підпису, а Клієнт зобов’язується прийняти та оплатити права використання КП «Програмний комплекс «Варта» за ціною, визначеною в цьому Договорі. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
-        </w:numPr>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:left="0" w:right="83" w:firstLine="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00683F49">
+      <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">За бажанням Клієнта Центр надає підписувачам та/або створювачам електронної печатки права використання засобів кваліфікованого електронного підпису чи печатки, розміщених у кваліфікованого надавача електронних довірчих послуг, який здійснює генерацію та/або управління парою ключів від імені підписувача чи створювача електронної </w:t>
       </w:r>
-      <w:r w:rsidRPr="00683F49">
+      <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>печатки</w:t>
-[...143 lines deleted...]
-        <w:pStyle w:val="25"/>
+        <w:t xml:space="preserve">печатки, за ціною, визначеною в цьому Договорі (надалі – </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>послуга з хмарного зберігання ключів                                                                                                                                                                                                 (CloudKey</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="26"/>
-        </w:numPr>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:right="83"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...9 lines deleted...]
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="000C4C5D">
+        <w:t xml:space="preserve"> Код предмету закупівлі визначається відповідно до основного словника національного класифікатора України ДК 021:2015 «Єдиний закупівельний словник», та відповідає коду ДК 021:2015 72310000-1 Послуги з обробки даних.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="142"/>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
-        <w:ind w:left="0" w:right="83" w:firstLine="0"/>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="0" w:right="85" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:bCs/>
-[...11 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Права та обов’язки Центру</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="000C4C5D">
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="7"/>
-[...3 lines deleted...]
-          <w:tab w:val="num" w:pos="851"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:left="0" w:right="83" w:firstLine="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
-          <w:bCs/>
-[...11 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Центр має право:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="000C4C5D">
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="8"/>
+          <w:numId w:val="20"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:left="1418" w:right="83" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...43 lines deleted...]
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="000C4C5D">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>отримати і перевірити відомості про підписувача та/або створювача електронної печатки, що необхідні для проходження процедури реєстрації і формування сертифіката;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="8"/>
+          <w:numId w:val="20"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:left="1418" w:right="83" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...83 lines deleted...]
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="000C4C5D">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>відмовити Клієнту або його представнику - підписувачу та/або створювачу електронної печатки в проходженні процедури реєстрації, зміні стану сертифіката та інших довірчих послугах у випадках, передбачених Регламентом або у разі порушення умов проходження процедури реєстрації та отримання довірчих послуг, передбачених цим Договором та Регламентом;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="8"/>
+          <w:numId w:val="20"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:left="1418" w:right="83" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...27 lines deleted...]
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="000C4C5D">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">вимагати від Клієнта або підписувача та/або створювача електронної печатки усунення будь-яких порушень умов даного Договору та Регламенту; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="8"/>
+          <w:numId w:val="20"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:left="1418" w:right="83" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...59 lines deleted...]
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="000C4C5D">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>розкрити інформацію про Клієнта або персональні дані його підписувача та/або створювача електронної печатки  відповідним органам в порядку, передбаченому законодавством України;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="8"/>
+          <w:numId w:val="20"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:left="1418" w:right="83" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...6 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>скасовувати, блокувати та поновлювати сертифікати у випадках, передбачених цим Договором та Регламентом;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="000C4C5D">
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="8"/>
+          <w:numId w:val="20"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:left="1418" w:right="83" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...115 lines deleted...]
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="000C4C5D">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>змінювати вартість довірчих послуг та/або вартість надання права використання КП «Програмний комплекс «Варта» та/або вартість послуги з хмарного зберігання ключів КЕП (CloudKey) в порядку, передбаченому цим Договором;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="8"/>
+          <w:numId w:val="20"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:left="1418" w:right="83" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...27 lines deleted...]
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="000C4C5D">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>тимчасово зупиняти надання послуг у випадках, передбачених цим Договором;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="8"/>
+          <w:numId w:val="20"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:left="1418" w:right="83" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...6 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>припинити дію Договору у випадках, передбачених цим Договором;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="000C4C5D">
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="8"/>
+          <w:numId w:val="20"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:left="1418" w:right="83" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...6 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>інші права, передбачені цим Договором, Регламентом та чинним законодавством України.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="000C4C5D">
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="7"/>
-[...3 lines deleted...]
-          <w:tab w:val="num" w:pos="851"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:left="0" w:right="83" w:firstLine="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
-          <w:bCs/>
-[...11 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Центр зобов‘язаний:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="000C4C5D">
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="21"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:right="83" w:hanging="589"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...131 lines deleted...]
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="000C4C5D">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">своєчасно та якісно надавати довірчі послуги, вчасно та якісно надавати послуги з надання права використання КП «Програмний комплекс «Варта» та/або надавати послуги з хмарного зберігання ключів КЕП (CloudKey), передбачені цим Договором та Регламентом; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="21"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:right="83" w:hanging="589"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...27 lines deleted...]
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="000C4C5D">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>забезпечувати захист інформації, персональних даних підписувачів та/або створювачів електронної печатки, використовуючи комплексну систему захисту інформації, на яку контролюючим органом видано атестат відповідності;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="21"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:right="83" w:hanging="589"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...43 lines deleted...]
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="000C4C5D">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>використовувати для надання послуг засоби кваліфікованого електронного підпису чи печатки, що має експертний висновок ДССЗЗІ України за результатами державної експертизи у сфері криптографічного захисту інформації;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="21"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:right="83" w:hanging="589"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...6 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>цілодобово приймати заяви про скасування, блокування та поновлення сертифікатів;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="000C4C5D">
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="21"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:right="83" w:hanging="589"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...6 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">перевіряти дані, що вносяться до сертифіката,  заяв на блокування, поновлення та скасування сертифікатів; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="000C4C5D">
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="21"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:right="83" w:hanging="589"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...43 lines deleted...]
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="000C4C5D">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>скасовувати, блокувати, поновлювати сертифікати та інформувати підписувачів та/або створювачів електронної печатки про зміну статусу їх сертифікатів у випадках, передбачених Регламентом, цим Договором і законодавством України;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="21"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:right="83" w:hanging="589"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...6 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>перевіряти законність звернень про скасування, блокування, поновлення сертифікатів та зберігати документи, на підставі яких сертифікати були скасовані, заблоковані чи поновлені;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="000C4C5D">
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="21"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:right="83" w:hanging="589"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...27 lines deleted...]
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="000C4C5D">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>формувати сертифікати і надавати їх в електронній формі за бажанням Клієнта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="21"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:right="83" w:hanging="589"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...6 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>зберігати сформовані сертифікати упродовж строку, що передбачений законодавством;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="000C4C5D">
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="21"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:right="83" w:hanging="589"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...43 lines deleted...]
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="000C4C5D">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>перевірити володіння особистим ключем підписувачем та/або створювачем електронної печатки, який відповідає відкритому ключу, наданому для формування сертифіката;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="21"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:right="83" w:hanging="589"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...27 lines deleted...]
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="000C4C5D">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>забезпечувати цілодобовий доступ користувачів до сертифікатів підписувачів та/або створювачів електронної печатки, які дали на це згоду, до даних про статус сертифікатів на сайті Центру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="21"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:right="83" w:hanging="589"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...6 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>надавати Клієнту інформацію та документи відносно діяльності Центру (щодо послуг, тарифів та іншу інформацію, передбачену цим Договором та чинним законодавством України) за допомогою засобів телефонного, поштового, електронного зв’язку або шляхом розміщення її на сайті Центру;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="000C4C5D">
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="21"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:right="83" w:hanging="589"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...11 lines deleted...]
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="000C4C5D">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>шляхом розміщення на сайті Центру, в електронному вигляді передавати Клієнту експлуатаційну документацію на КП «Програмний комплекс «Варта», зокрема «Інструкцію із забезпечення безпеки експлуатації» та «Інструкцію про порядок генерації ключів та поводження із ключовими документами», в яких указуються порядок установлення та обслуговування КП «Програмний комплекс «Варта», забезпечення ключовими документами (ключовими даними), а також  ужиття заходів щодо забезпечення режиму безпеки;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="21"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:right="83" w:hanging="589"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...51 lines deleted...]
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="000C4C5D">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>надавати консультації з питань щодо створення, перевірки та використання сертифікатів, засобів кваліфікованого електронного підпису чи печатки та процедури генерації особистого та відкритого ключів, а також створення електронних заявок;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="21"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:right="83" w:hanging="589"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...6 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>інші зобов’язання, передбачені цим Договором, Регламентом та чинним законодавством України.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="000C4C5D">
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="142"/>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
-        <w:ind w:left="0" w:right="83" w:firstLine="0"/>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="0" w:right="85" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:bCs/>
-[...11 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Права та обов’язки Клієнта </w:t>
       </w:r>
-      <w:r w:rsidRPr="00683F49">
-[...4 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">і </w:t>
       </w:r>
-      <w:r w:rsidR="00C44026" w:rsidRPr="00683F49">
-[...4 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>підписувача та/або створювача електронної печатки</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="000C4C5D">
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="10"/>
-[...3 lines deleted...]
-          <w:tab w:val="num" w:pos="851"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:left="0" w:right="83" w:firstLine="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
-          <w:bCs/>
-[...11 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Клієнт і його представники - підписувачі мають право:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="000C4C5D">
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="11"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:right="83" w:hanging="589"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...27 lines deleted...]
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="000C4C5D">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ознайомитись з інформацією щодо діяльності Центру в сфері надання довірчих послуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="11"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:right="83" w:hanging="589"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...6 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">отримати необхідні пояснення та консультації щодо предмету цього Договору, його виконання тощо; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="000C4C5D">
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="11"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:right="83" w:hanging="589"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...62 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">створення електронних заявок та заяв на зміну статусу сертифіката в Центрі або його відокремленому пункті реєстрації (далі – </w:t>
-[...6 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+        <w:t xml:space="preserve">отримати консультації з питань щодо створення, перевірки та використання сертифікатів, засобів кваліфікованого електронного підпису чи печатки, генерації особистого та відкритого ключів, а також створення електронних заявок та заяв на зміну статусу сертифіката в Центрі або його відокремленому пункті реєстрації (далі – </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ВПР</w:t>
       </w:r>
-      <w:r w:rsidRPr="00683F49">
-[...3 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="000C4C5D">
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="11"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:right="83" w:hanging="589"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...6 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>обумовити публікацію свого сертифіката на сайті Центру;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="000C4C5D">
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="11"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:right="83" w:hanging="589"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...35 lines deleted...]
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="000C4C5D">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>отримати сертифікати в електронній формі, якщо процедура реєстрації Клієнта та його підписувача та/або створювача електронної печатки пройшла успішно;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="11"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:right="83" w:hanging="589"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...6 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>подавати заяви на блокування, скасування та поновлення свого сертифіката;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="000C4C5D">
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="11"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:right="83" w:hanging="589"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...6 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>отримувати повідомлення щодо зміни статусу свого сертифіката;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="000C4C5D">
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="11"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:right="83" w:hanging="589"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...6 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>подавати заяви, скарги, претензії тощо;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="000C4C5D">
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="11"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:right="83" w:hanging="589"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...6 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>інші права, передбачені цим Договором, Регламентом та чинним законодавством України.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="000C4C5D">
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="10"/>
-[...3 lines deleted...]
-          <w:tab w:val="num" w:pos="851"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:left="0" w:right="83" w:firstLine="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
-          <w:bCs/>
-[...35 lines deleted...]
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="000C4C5D">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Клієнт і його підписувачі та/або створювача електронної печатки зобов’язані:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="12"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:right="83" w:hanging="589"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...27 lines deleted...]
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="000C4C5D">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>перед укладанням цього Договору ознайомитись із Законом та Регламентом;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="12"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:right="83" w:hanging="589"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...6 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>виконувати вимоги, передбачені цим Договором, Регламентом та чинним законодавством України;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="000C4C5D">
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="12"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:right="83" w:hanging="589"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...6 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>надавати повні, достовірні відомості та іншу інформацію відповідно до цього Договору, Регламенту Центру та чинного законодавства України;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="000C4C5D">
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="12"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:right="83" w:hanging="589"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...6 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>надавати повну, достовірну інформацію, яка має бути включена до сертифіката, під час проходження процедури реєстрації в Центрі або його ВПР, подавши належним чином оформлені документи, перелік яких розміщений на сайті Центру;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="000C4C5D">
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="12"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:right="83" w:hanging="589"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...99 lines deleted...]
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="000C4C5D">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>своєчасно та в повному обсязі проводити розрахунки за довірчі послуги, за надання права використання КП «Програмний комплекс «Варта» або надання послуги з хмарного зберігання ключів КЕП (CloudKey), що становлять предмет цього Договору;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="12"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:right="83" w:hanging="589"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...6 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>використовувати особистий ключ тільки в межах своїх повноважень;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="000C4C5D">
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="12"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:right="83" w:hanging="589"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...99 lines deleted...]
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="000C4C5D">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>надавати Центру письмові обґрунтовані зауваження стосовно якості довірчих послуг, якості послуг з надання права використання КП «Програмний комплекс «Варта» та послуг з хмарного зберігання ключів КЕП (CloudKey), що становлять предмет цього Договору, у разі їх виникнення, впродовж 14 (чотирнадцяти) календарних днів після формування сертифікатів чи зміни їх статусу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="12"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:right="83" w:hanging="589"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...67 lines deleted...]
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="000C4C5D">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>використовувати тільки надійні засоби кваліфікованого електронного підпису чи печатки (під час генерації особистого та відкритого ключів, формування та перевірки сертифікатів, шифрування інформації), що мають чинний сертифікат відповідності або позитивний експертний висновок за результатами державної експертизи у сфері криптографічного захисту інформації;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="12"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:right="83" w:hanging="589"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...6 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>повідомляти Центр про зміну реквізитів, не пізніше 10 (десяти) робочих днів з дня настання відповідних змін;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="000C4C5D">
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="12"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:right="83" w:hanging="589"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...11 lines deleted...]
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="000C4C5D">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>КП «Програмний комплекс «Варта» використовувати тільки в рамках цього Договору (заборонено змінювати, модифікувати та передавати іншим особам);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="12"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:right="83" w:hanging="589"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...11 lines deleted...]
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="000C4C5D">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>здійснювати використання КП «Програмний комплекс «Варта» відповідно до вимог експлуатаційної документації, інструкції із забезпечення безпеки експлуатації засобів КЗІ, а також інструкції про порядок генерації ключів та поводження з ключовими документами;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="12"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:right="83" w:hanging="589"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...6 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>додержуватись вимог щодо використання особистих ключів, визначених Регламентом та цим Договором;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="000C4C5D">
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="12"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:right="83" w:hanging="589"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...6 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>перевіряти відповідність отриманого сертифіката до поданої електронної заявки;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="000C4C5D">
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="12"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:right="83" w:hanging="589"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...6 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>зберігати особисті ключі у таємниці та у спосіб, що унеможливлює ознайомлення або використання їх іншими особами;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="000C4C5D">
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="12"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:right="83" w:hanging="589"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...6 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>не використовувати особистий ключ у разі його компрометації;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="000C4C5D">
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="12"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:right="83" w:hanging="589"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...6 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>знати пароль доступу до особистого ключа та «фразу-пароль» для голосової аутентифікації;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="000C4C5D">
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="12"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:right="83" w:hanging="589"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...6 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>не розголошувати та не повідомляти іншим особам пароль доступу до особистого ключа та «фразу-пароль» для голосової аутентифікації;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="000C4C5D">
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="12"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:right="83" w:hanging="589"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...6 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>негайно інформувати Центр про наступні події, якщо вони трапилися до закінчення строку чинності сертифікатів:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="000C4C5D">
-[...1 lines deleted...]
-        <w:pStyle w:val="25"/>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1560"/>
+          <w:tab w:val="left" w:pos="1800"/>
+          <w:tab w:val="left" w:pos="10348"/>
+        </w:tabs>
+        <w:ind w:left="1701" w:right="83" w:hanging="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">втрату або компрометацію особистого ключа; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1560"/>
+          <w:tab w:val="left" w:pos="1800"/>
+          <w:tab w:val="left" w:pos="10348"/>
+        </w:tabs>
+        <w:ind w:left="1701" w:right="83" w:hanging="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>втрату контролю щодо ключа через компрометацію пароля;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1560"/>
+          <w:tab w:val="left" w:pos="1800"/>
+          <w:tab w:val="left" w:pos="10348"/>
+        </w:tabs>
+        <w:ind w:left="1701" w:right="83" w:hanging="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>виявлення неточностей, інформації чи відомостей, що не відповідають дійсності;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1560"/>
+          <w:tab w:val="left" w:pos="1800"/>
+          <w:tab w:val="left" w:pos="10348"/>
+        </w:tabs>
+        <w:ind w:left="1701" w:right="83" w:hanging="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">зміну даних, що зазначаються у сертифікатах. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="900"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1800"/>
+          <w:tab w:val="left" w:pos="10348"/>
+        </w:tabs>
+        <w:ind w:right="83" w:hanging="589"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>при виявленні неточностей або зміні даних, зазначених у сертифікаті, скасувати цей сертифікат;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="900"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1800"/>
+          <w:tab w:val="left" w:pos="10348"/>
+        </w:tabs>
+        <w:ind w:right="83" w:hanging="589"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>інші зобов’язання, передбачені цим Договором, Регламентом та чинним законодавством України.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="clear" w:pos="1440"/>
-[...187 lines deleted...]
-        <w:tabs>
           <w:tab w:val="left" w:pos="142"/>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
-        <w:ind w:left="0" w:right="83" w:firstLine="0"/>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="0" w:right="85" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:bCs/>
-[...36 lines deleted...]
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="000C4C5D">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Підстава для надання довірчих послуг та умова для формування сертифікатів</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="13"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="142"/>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:left="0" w:right="83" w:firstLine="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...43 lines deleted...]
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="000C4C5D">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Підставою для надання довірчих послуг є отримання Центром всіх документів, перелік та порядок подання яких визначений Регламентом Центру і розміщений на сайті Центру.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="13"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="142"/>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:left="0" w:right="83" w:firstLine="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...6 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Формування сертифікатів відбувається тільки за умови надання Клієнтом електронних заявок на їх створення (в електронній формі), до яких внесені реквізити підписувачів, вказаний строк чинності сертифікатів та обумовлена їх публікація.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BF0973" w:rsidRPr="00683F49" w:rsidRDefault="00BF0973">
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="13"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="142"/>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:left="0" w:right="83" w:firstLine="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...91 lines deleted...]
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="000C4C5D">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>При отриманні довірчих послуг Клієнт та його підписувачі та/або створювачі електронної печатки надають Центру згоду на проведення відеоверифікації та/або фотофіксації Клієнта та відповідних документів, що пред'являються Клієнтом; надають згоду Центру на виготовлення та збереження фото та/або відеофіксації Клієнта, в тому числі на фотознімок та/або відеофіксацію під час отримання Клієнтом довірчих послуг. Відмова Клієнта від фотографування та/або відеофіксації надає право Центру відмовити Клієнту у наданні довірчих послуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="142"/>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
-        <w:ind w:left="0" w:right="83" w:firstLine="0"/>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="0" w:right="85" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:bCs/>
-[...36 lines deleted...]
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="000C4C5D">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Термін дії сертифіката та умови надання права використання КП «Програмний комплекс «Варта»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="14"/>
+          <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:right="83"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...6 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Термін дії сертифіката підписувача зазначається в самому сертифікаті.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002417EB" w:rsidRPr="000E633E" w:rsidRDefault="002417EB" w:rsidP="002417EB">
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="14"/>
+          <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="142"/>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:right="83"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:bCs/>
-[...38 lines deleted...]
-    <w:p w:rsidR="002417EB" w:rsidRPr="000E633E" w:rsidRDefault="002417EB" w:rsidP="002417EB">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Права використання КП «Програмний комплекс «Варта» надаються Центром разом зі сформованим сертифікатом Клієнта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="14"/>
+          <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="142"/>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:right="83"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:bCs/>
-[...52 lines deleted...]
-          <w:numId w:val="14"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Датою закінчення строку використання Клієнтом КП «Програмний комплекс «Варта» є дата припинення дії сертифіката ключа.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="142"/>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
-        <w:ind w:right="83"/>
-[...49 lines deleted...]
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="000C4C5D">
+        <w:spacing w:before="60"/>
+        <w:ind w:left="0" w:right="85" w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Порядок надання довірчих послуг </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1800"/>
+          <w:tab w:val="left" w:pos="10348"/>
+        </w:tabs>
+        <w:ind w:right="83" w:firstLine="66"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Клієнт подає до Центру або його ВПР:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="1800"/>
+          <w:tab w:val="left" w:pos="10348"/>
+        </w:tabs>
+        <w:ind w:left="1134" w:right="83" w:hanging="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>документ, що підтверджує оплату послуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="1800"/>
+          <w:tab w:val="left" w:pos="10348"/>
+        </w:tabs>
+        <w:ind w:left="1134" w:right="83" w:hanging="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>документи, необхідні для отримання сертифікатів, перелік яких розміщений на сайті Центру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="1800"/>
+          <w:tab w:val="left" w:pos="10348"/>
+        </w:tabs>
+        <w:ind w:left="1134" w:right="83" w:hanging="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>електронні заявки для кожного з підписувачів.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1800"/>
+          <w:tab w:val="left" w:pos="10348"/>
+        </w:tabs>
+        <w:ind w:left="0" w:right="83" w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Якщо дані, що вказані у сертифікатах Клієнта змінились, для отримання нових сертифікатів Клієнт повинен надати Центру документи, що підтверджують ці зміни.   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1800"/>
+          <w:tab w:val="left" w:pos="10348"/>
+        </w:tabs>
+        <w:ind w:left="0" w:right="83" w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Перевірка наданих даних та встановлення особи Клієнта та/або особи і повноважень його підписувачів та/або створювачів електронної печатки здійснюється посадовими особами Центру або його ВПР у відповідності до Регламенту та чинного законодавства України.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1100"/>
+          <w:tab w:val="left" w:pos="1800"/>
+          <w:tab w:val="left" w:pos="10348"/>
+        </w:tabs>
+        <w:ind w:left="0" w:right="83" w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Центр або його ВПР перевіряє поданий комплект документів та електронні заявки на їх наявність і правильність заповнення, оплату Клієнтом послуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1100"/>
+          <w:tab w:val="left" w:pos="1800"/>
+          <w:tab w:val="left" w:pos="10348"/>
+        </w:tabs>
+        <w:ind w:left="0" w:right="83" w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Не приймаються до розгляду документи, які мають підчистки, помарки, дописки, закреслені слова, інші виправлення чи надписи олівцем, а також пошкоджені, внаслідок чого їх текст неможливо прочитати.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1800"/>
+          <w:tab w:val="left" w:pos="10348"/>
+        </w:tabs>
+        <w:ind w:left="0" w:right="83" w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Якщо процедура реєстрації Клієнта та його підписувачів та/або створювачів електронної печатки пройшла успішно, Центр формує сертифікати і вносить їх у реєстр сертифікатів. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1800"/>
+          <w:tab w:val="left" w:pos="10348"/>
+        </w:tabs>
+        <w:ind w:left="0" w:right="83" w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Центр або його ВПР за бажанням Клієнта надає Клієнту чи його підписувачам та/або створювачам електронної печатки сертифікати в електронній формі, забезпечує користувачам вільний доступ до сертифікатів Клієнта, якщо його підписувачі та/або створювачі електронної печатки дали на це згоду. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1800"/>
+          <w:tab w:val="left" w:pos="10348"/>
+        </w:tabs>
+        <w:ind w:left="0" w:right="83" w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Дозвіл на публікацію сертифікатів на сайті Центру обумовлюється кожним підписувачем та/або створювачем електронної печатки Клієнта окремо у відповідних заявках на формування кваліфікованих сертифікатів підписувачів та/або створювачів електронної печатки (далі – </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>заявки</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1800"/>
+          <w:tab w:val="left" w:pos="10348"/>
+        </w:tabs>
+        <w:ind w:left="0" w:right="83" w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Відповідальність за забезпечення конфіденційності та цілісності особистого ключа несе підписувач.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1800"/>
+          <w:tab w:val="left" w:pos="10348"/>
+        </w:tabs>
+        <w:ind w:left="0" w:right="83" w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Обслуговування кожного сертифіката Клієнта здійснюється Центром відповідно до Регламенту протягом строку дії кожного із сертифікатів.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1800"/>
+          <w:tab w:val="left" w:pos="10348"/>
+        </w:tabs>
+        <w:ind w:left="0" w:right="83" w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Скасування, блокування та поновлення сертифікатів Клієнта відбувається відповідно до Закону та Регламенту Центру.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1800"/>
+          <w:tab w:val="left" w:pos="10348"/>
+        </w:tabs>
+        <w:ind w:left="0" w:right="83" w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Послуга формування кваліфікованої електронної позначки часу надається Клієнту цілодобово. Формування кваліфікованої електронної позначки часу здійснюється за бажанням Клієнта за запитом від засобу кваліфікованого електронного підпису чи печатки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1800"/>
+          <w:tab w:val="left" w:pos="10348"/>
+        </w:tabs>
+        <w:ind w:left="0" w:right="83" w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Консультаційні послуги Клієнту та його підписувачам та/або створювачам електронної печатки надаються фахівцями Центру особисто або за допомогою засобів телекомунікації (телефоном, факсом, електронною поштою). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="142"/>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
-        <w:ind w:left="0" w:right="83" w:firstLine="0"/>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="0" w:right="85" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:bCs/>
-[...36 lines deleted...]
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="000C4C5D" w:rsidP="00F14A5E">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Скасування, блокування та поновлення сертифіката</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
-        <w:ind w:right="83" w:firstLine="66"/>
-[...792 lines deleted...]
-        </w:tabs>
         <w:ind w:right="83"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...7 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Центр негайно скасовує сформований ним сертифікат у разі:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="000C4C5D" w:rsidP="00F14A5E">
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:right="83" w:hanging="589"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...6 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>подання заяви Клієнтом або його уповноваженим представником;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="000C4C5D" w:rsidP="00F14A5E">
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:left="1441" w:right="83" w:hanging="590"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...6 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>припинення діяльності Клієнта (юридичної особи), смерті підписувача (фізичної особи) або оголошення його померлим за рішенням суду;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="000C4C5D" w:rsidP="00F14A5E">
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:left="1441" w:right="83" w:hanging="590"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...6 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>визнання підписувача недієздатним за рішенням суду;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="000C4C5D" w:rsidP="00F14A5E">
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:left="1441" w:right="83" w:hanging="590"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...6 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>виявлення недостовірності даних, вказаних у сертифікаті;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="000C4C5D" w:rsidP="00F14A5E">
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:left="1441" w:right="83" w:hanging="590"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...6 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">компрометації особистого ключа; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="000C4C5D" w:rsidP="00F14A5E">
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:left="1441" w:right="83" w:hanging="590"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...6 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>закінчення строку чинності сертифіката ключа;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="000C4C5D" w:rsidP="00F14A5E">
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:left="1441" w:right="83" w:hanging="590"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...6 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>у випадках, зазначених в Регламенті.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="000C4C5D" w:rsidP="00F14A5E">
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:right="83"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...7 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Центр блокує сертифікат:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="000C4C5D" w:rsidP="00F14A5E">
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:right="83" w:hanging="589"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...6 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>у разі подання заяви підписувачем, Клієнтом або його уповноваженим представником;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="000C4C5D" w:rsidP="00F14A5E">
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:left="1441" w:right="83" w:hanging="590"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...27 lines deleted...]
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="000C4C5D" w:rsidP="00F14A5E">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>у разі отримання відомостей про компрометацію особистого ключа підписувача та/або створювача електронної печатки;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:left="1441" w:right="83" w:hanging="590"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...139 lines deleted...]
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="000C4C5D" w:rsidP="00F14A5E">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>у разі несплати за довірчі послуги, за надання права використання КП «Програмний комплекс «Варта» та/або надання послуг з хмарного зберігання ключів КЕП (CloudKey)  у термін, визначений цим Договором;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:left="1441" w:right="83" w:hanging="590"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...6 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>за рішенням суду, що набрало законної сили.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="000C4C5D" w:rsidP="00F14A5E">
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:right="83"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...7 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Блокований сертифікат поновлюється:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="000C4C5D" w:rsidP="00F14A5E">
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:right="83" w:hanging="589"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...6 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>у разі подання заяви Клієнтом;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="000C4C5D" w:rsidP="00F14A5E">
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:left="1441" w:right="83" w:hanging="590"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...6 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>у разі встановлення недостовірності відомостей про компрометацію особистого ключа;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="000C4C5D" w:rsidP="00F14A5E">
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:left="1441" w:right="83" w:hanging="590"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...115 lines deleted...]
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="000C4C5D" w:rsidP="00F14A5E">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">у разі сплати заборгованості за надані довірчі послуги, за надання права використання КП «Програмний комплекс «Варта» та/або  надання послуг з хмарного зберігання ключів КЕП (CloudKey); </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:left="1441" w:right="83" w:hanging="590"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...6 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>за рішенням суду, що набрало законної сили.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="000C4C5D" w:rsidP="00F14A5E">
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:left="0" w:right="83" w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...27 lines deleted...]
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="000C4C5D" w:rsidP="00F14A5E">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Клієнт або його уповноважений представник подає заяву про скасування, блокування та поновлення сертифіката у порядку, передбаченому Регламентом. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:left="0" w:right="83" w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...6 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Зміна статусу сертифіката набирає чинності з моменту внесення інформації про нього (із зазначенням дати та часу) до реєстрів чинних, скасованих і блокованих сертифікатів.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="000C4C5D" w:rsidP="00F14A5E">
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:left="0" w:right="83" w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...27 lines deleted...]
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="000C4C5D">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Центр невідкладно повідомляє підписувача або створювача електронної печатки про зміну статусу його сертифіката.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC68A6" w:rsidRDefault="00AC68A6" w:rsidP="00AC68A6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1800"/>
+          <w:tab w:val="left" w:pos="10348"/>
+        </w:tabs>
+        <w:ind w:left="284" w:right="83"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="142"/>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
-        <w:ind w:left="0" w:right="83" w:firstLine="0"/>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="0" w:right="85" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:bCs/>
-[...16 lines deleted...]
-    <w:p w:rsidR="00101238" w:rsidRDefault="00466E32" w:rsidP="00101238">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Ціна Договор</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC68A6">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>у, вартість послуг</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, порядок їх оплати</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1260"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:right="83" w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...9 lines deleted...]
-        <w:lastRenderedPageBreak/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t>9.1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...116 lines deleted...]
-    <w:p w:rsidR="00612A56" w:rsidRPr="00612A56" w:rsidRDefault="00101238" w:rsidP="00612A56">
+        </w:rPr>
+        <w:t xml:space="preserve"> . Ціна цього Договору – це сукупність грошових сум, сплачених Клієнтом за довірчі послуги, за надання права використання КП «Програмний комплекс «Варта» та/або  надання послуг з хмарного зберігання ключів КЕП (CloudKey), надані протягом усього строку дії цього Договору.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="10348"/>
+        </w:tabs>
+        <w:ind w:right="83" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9.2. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Вартість довірчих послуг складає </w:t>
+      </w:r>
+      <w:permStart w:id="665802845" w:edGrp="everyone"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_______</w:t>
+      </w:r>
+      <w:permEnd w:id="665802845"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>,00 грн. (</w:t>
+      </w:r>
+      <w:permStart w:id="1586439285" w:edGrp="everyone"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+      <w:permEnd w:id="1586439285"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), в тому числі ПДВ складає </w:t>
+      </w:r>
+      <w:permStart w:id="545630" w:edGrp="everyone"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_____</w:t>
+      </w:r>
+      <w:permEnd w:id="545630"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>,00 грн. (</w:t>
+      </w:r>
+      <w:permStart w:id="1629835274" w:edGrp="everyone"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________</w:t>
+      </w:r>
+      <w:permEnd w:id="1629835274"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). Вартість надання права використання КП «Програмний комплекс «Варта» складає </w:t>
+      </w:r>
+      <w:permStart w:id="1114378699" w:edGrp="everyone"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_____</w:t>
+      </w:r>
+      <w:permEnd w:id="1114378699"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>,00 грн. (</w:t>
+      </w:r>
+      <w:permStart w:id="2121228384" w:edGrp="everyone"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+      <w:permEnd w:id="2121228384"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), в тому числі ПДВ складає </w:t>
+      </w:r>
+      <w:permStart w:id="1957770242" w:edGrp="everyone"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_____</w:t>
+      </w:r>
+      <w:permEnd w:id="1957770242"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>,00 грн. (</w:t>
+      </w:r>
+      <w:permStart w:id="1163789286" w:edGrp="everyone"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________</w:t>
+      </w:r>
+      <w:permEnd w:id="1163789286"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). Вартість послуг з хмарного зберігання ключів КЕП (CloudKey) складає </w:t>
+      </w:r>
+      <w:permStart w:id="1458730514" w:edGrp="everyone"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_____</w:t>
+      </w:r>
+      <w:permEnd w:id="1458730514"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>,00 грн. (</w:t>
+      </w:r>
+      <w:permStart w:id="379539111" w:edGrp="everyone"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+      <w:permEnd w:id="379539111"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), в тому числі ПДВ складає </w:t>
+      </w:r>
+      <w:permStart w:id="1441429704" w:edGrp="everyone"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_____</w:t>
+      </w:r>
+      <w:permEnd w:id="1441429704"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">,00 грн. </w:t>
+      </w:r>
+      <w:permStart w:id="1098263135" w:edGrp="everyone"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(_________________________________</w:t>
+      </w:r>
+      <w:permEnd w:id="1098263135"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1260"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
-        <w:ind w:right="83" w:firstLine="284"/>
-[...285 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+        <w:ind w:left="357" w:right="83"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Загальна ціна Договору становить </w:t>
+      </w:r>
+      <w:permStart w:id="1214188369" w:edGrp="everyone"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+      <w:permEnd w:id="1214188369"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>,00 грн. (</w:t>
+      </w:r>
+      <w:permStart w:id="7940038" w:edGrp="everyone"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>____________________________________</w:t>
+      </w:r>
+      <w:permEnd w:id="7940038"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 00 коп) в тому числі ПДВ складає </w:t>
+      </w:r>
+      <w:permStart w:id="1508720512" w:edGrp="everyone"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>_____</w:t>
       </w:r>
-      <w:r w:rsidR="00612A56" w:rsidRPr="00612A56">
-[...136 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+      <w:permEnd w:id="1508720512"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>,00 грн. (</w:t>
+      </w:r>
+      <w:permStart w:id="1795896042" w:edGrp="everyone"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>_________________________________</w:t>
       </w:r>
-      <w:r w:rsidR="00612A56" w:rsidRPr="00612A56">
-[...138 lines deleted...]
-    <w:p w:rsidR="00612A56" w:rsidRPr="00152BAA" w:rsidRDefault="00612A56" w:rsidP="00612A56">
+      <w:permEnd w:id="1795896042"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1260"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
-        <w:ind w:left="357" w:right="83"/>
-[...422 lines deleted...]
-    <w:p w:rsidR="00946516" w:rsidRPr="00E732E7" w:rsidRDefault="00F11CBC" w:rsidP="00946516">
+        <w:ind w:right="83" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>9.3.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Центр виставляє Клієнту рахунок-фактуру згідно цього Договору. Оплата здійснюється на підставі Акту наданих послуг шляхом безготівкового перерахування Клієнтом коштів на поточний рахунок Центру, що зазначений в цьому Договорі. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1260"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:right="83" w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...28 lines deleted...]
-    <w:p w:rsidR="00946516" w:rsidRPr="00E732E7" w:rsidRDefault="00946516" w:rsidP="00946516">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>9.4.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Клієнт має здійснити оплату не пізніше, ніж протягом 5 (п’яти) календарних днів з дня формування сертифікатів. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1260"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:right="83" w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...28 lines deleted...]
-    <w:p w:rsidR="00101238" w:rsidRDefault="00F11CBC" w:rsidP="00101238">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>9.5.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> У разі повторного формування сертифікатів Клієнт повинен сплатити кошти відповідно до цього Договору на умовах п.9.6 цього Договору.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1260"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:right="83" w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...20 lines deleted...]
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="00F11CBC" w:rsidP="00101238">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>9.6.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> У разі видачі сертифікатів на новий термін (перереєстрації) або формування нового сертифіката, в зв’язку зі зміною даних, що містяться в ньому, у випадку настання однієї з подій, передбачених п.4.2.18., або за бажанням Клієнта в будь-яких інших випадках, Клієнт повинен сплатити кошти за послуги відповідно до пп. 9.2., 9.3., 9.4. цього Договору. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1260"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:right="83" w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...76 lines deleted...]
-    <w:p w:rsidR="00101238" w:rsidRDefault="008B6E74" w:rsidP="00101238">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>У разі перевидачі діючого кваліфікованого сертифікату електронного підпису до закінчення строку чинності такого сертифікату без змін даних в такому сертифікаті, якщо Клієнт вже сплатив кошти за за надання права використання КП «Програмний комплекс «Варта» та/або надання послуг з хмарного зберігання ключів КЕП (CloudKey) до закінчення строку чинності такого сертифікату, оплата здійснюється лише за надання довірчих послуг та до закінчення терміну дії кваліфікованого сертифікату електронного підпису.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1260"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:right="83" w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...238 lines deleted...]
-    <w:p w:rsidR="00F81FEB" w:rsidRDefault="00495652" w:rsidP="00F81FEB">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>9.7.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Датою належного виконання грошових зобов’язань Сторони визначають дату надходження коштів у розмірі 100% оплати грошових коштів у сумі, що підлягає сплаті за цим Договором.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1260"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:right="83" w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...25 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>9.8.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> На підтвердження факту надання довірчих  послуг, за надання права використання КП «Програмний комплекс «Варта» та надання послуг з хмарного зберігання ключів КЕП (CloudKey)  Клієнт підписує Акт наданих послуг (далі - Акт) у 2 (двох) примірниках протягом 5 (п’яти) робочих днів з дня його отримання та повертає один примірник Центру. Неповернення Акта та/або не направлення мотивованої відмови від підписання Акту у зазначений строк є визнанням того, що довірчі послуги, надання права використання КП «Програмний комплекс «Варта» та надання послуг з хмарного зберігання ключів КЕП (CloudKey) за таким Актом вважаються наданими належним чином та прийнятими Клієнтом без зауважень</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00683F49">
-[...283 lines deleted...]
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="00F11CBC" w:rsidP="00F81FEB">
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1260"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:right="83" w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...86 lines deleted...]
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="00F11CBC" w:rsidP="00F81FEB">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>9.9.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> У разі відмови Клієнта від вчинення дій передбачених п.9.8 цього Договору, він протягом 14 (чотирнадцяти) календарних днів з дня формування сертифікатів передає Центру обґрунтовану письмову відмову від підписання Акту.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1260"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:right="83" w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...110 lines deleted...]
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="00F11CBC" w:rsidP="00F81FEB">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>9.10.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> У випадках, передбачених п.4.2.7. та п.9.9. цього Договору, Центр протягом 14 (чотирнадцяти) календарних днів розглядає письмове звернення Клієнта, з’ясовує в чому полягають його претензії, надає письмові роз’яснення щодо питань порушених у зверненні й приймає рішення стосовно усунення вище згаданих недоліків, у разі їх виявлення. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1260"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:right="83" w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...320 lines deleted...]
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="000C4C5D">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>9.11.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В день підписання сторонами Акту зобов’язання Центру щодо надання довірчих послуг, надання права використання КП «Програмний комплекс «Варта» та надання послуг з хмарного зберігання ключів КЕП (CloudKey)  вважаються виконаними. Якщо протягом строку, зазначеного в п.9.9. цього Договору, Акт з боку Клієнта не було підписано і Центр не отримував відмови від його підписання, то зобов’язання Центру щодо надання довірчих послуг, надання права використання КП «Програмний комплекс «Варта» та надання послуг з хмарного зберігання ключів КЕП (CloudKey) вважаються виконаними у повному обсязі та належним чином. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="142"/>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
-        <w:ind w:left="0" w:right="83" w:firstLine="0"/>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="0" w:right="85" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:bCs/>
-[...11 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Відповідальність Сторін </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="00F81FEB" w:rsidP="00F81FEB">
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:right="83" w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...11 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>10.1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...16 lines deleted...]
-    <w:p w:rsidR="00743141" w:rsidRDefault="00F81FEB" w:rsidP="00F81FEB">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> За невиконання або неналежне виконання умов Договору Сторони несуть відповідальність згідно чинного законодавства України та цього Договору.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:right="83" w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...7 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>10.2.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...141 lines deleted...]
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="00F81FEB" w:rsidP="00F81FEB">
+        </w:rPr>
+        <w:t xml:space="preserve"> У разі порушення строку та/або порядку оплати довірчих послуг, надання права використання КП «Програмний комплекс «Варта» та надання послуг з хмарного зберігання ключів КЕП (CloudKey), Центр блокує такі сертифікати Клієнта до дати належного виконання грошових зобов’язань.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:right="83" w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...7 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>10.3.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...133 lines deleted...]
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="00F81FEB" w:rsidP="00F81FEB">
+        </w:rPr>
+        <w:t xml:space="preserve"> У разі порушення Центром строків надання довірчих послуг, надання права використання КП «Програмний комплекс «Варта» та надання послуг з хмарного зберігання ключів КЕП (CloudKey), Центр несе відповідальність, передбачену нормами чинного законодавства України.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:right="83" w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...7 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>10.4.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...12 lines deleted...]
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="00F81FEB" w:rsidP="00F81FEB">
+        </w:rPr>
+        <w:t xml:space="preserve"> Сторони звільняються від відповідальності за невиконання або несвоєчасне виконання своїх зобов’язань за цим Договором, якщо таке порушення було спричинене невиконанням або неналежним виконанням іншою стороною своїх зобов’язань за цим Договором.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:right="83" w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...7 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>10.5.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...12 lines deleted...]
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="00F81FEB" w:rsidP="00F81FEB">
+        </w:rPr>
+        <w:t xml:space="preserve"> Сторона вважається невинною, якщо доведе, що вжила всіх залежних від неї заходів для належного виконання зобов’язань за цим Договором.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:right="83" w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...7 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>10.6.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...28 lines deleted...]
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="00F81FEB" w:rsidP="00F81FEB">
+        </w:rPr>
+        <w:t xml:space="preserve"> Сторони звільняються від відповідальності у випадках та у порядку, передбачених цим Договором та чинним законодавством України.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
-        <w:ind w:left="357" w:right="83"/>
-[...12 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+        <w:ind w:right="83" w:firstLine="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>10.7.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...28 lines deleted...]
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="00F81FEB" w:rsidP="00F81FEB">
+        </w:rPr>
+        <w:t xml:space="preserve"> Клієнт несе відповідальність за виконання його підписувачами та/або створювачами електронної печатки умов Договору, за збереження ними особистих ключів. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:left="357" w:right="83"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...30 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>10.8. Центр несе відповідальність</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="00F81FEB" w:rsidP="00F81FEB">
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="1560"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:left="720" w:right="83"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...24 lines deleted...]
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="00F81FEB" w:rsidP="00F81FEB">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>10.8.1. за відповідність даних, що зазначені у сертифікаті, даним, що надані Центру Клієнтом;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="1560"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:left="720" w:right="83"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...24 lines deleted...]
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="00F81FEB" w:rsidP="00F81FEB">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>10.8.2. керівник та посадові особи Центру несуть відповідальність за розголошення конфіденційної інформації, зокрема відомостей про персональні дані, згідно із законодавством України.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:left="357" w:right="83"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...21 lines deleted...]
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="00F81FEB" w:rsidP="00F81FEB">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>10.9. Центр не несе відповідальності:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="1560"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:left="709" w:right="83"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...52 lines deleted...]
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="00F81FEB" w:rsidP="00F81FEB">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>10.9.1. за будь-яку шкоду, спричинену використанням Клієнтом засобів електронного підпису чи печатки, що не мають експертного висновку в сфері КЗІ,  для генерації особистих та відкритих ключів, накладання та перевірки електронного підпису чи печатки, заподіяну будь-якій юридичній чи фізичній особі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="1560"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:left="709" w:right="83"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...19 lines deleted...]
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="00F81FEB" w:rsidP="00F81FEB">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>10.9.2. за будь-які негативні наслідки, які були спричинені порушенням Клієнтом вимог п.4.2.2 в частині порушення вимог щодо конфіденційності та компрометації особистих ключів, що сталося з вини Клієнта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="1560"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:left="709" w:right="83"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...19 lines deleted...]
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="000C4C5D">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>10.9.3. за збої в обміні інформацією, що виникли в результаті несправності ліній зв’язку, відключення та перебої в мережах живлення, несправності апаратних і програмних засобів Клієнта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="142"/>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
-        <w:ind w:left="0" w:right="83" w:firstLine="0"/>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="0" w:right="85" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:bCs/>
-[...11 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Форс-мажорні обставини</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="00F81FEB" w:rsidP="00F81FEB">
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:right="83" w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...7 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>11.1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...12 lines deleted...]
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="00F81FEB" w:rsidP="002B7CED">
+        </w:rPr>
+        <w:t xml:space="preserve"> Сторони звільняються від відповідальності за часткове або повне невиконання своїх зобов’язань, якщо таке невиконання сталося внаслідок дії непереборної сили (форс-мажор), такої як: стихійні лиха (пожежі, повені, землетруси тощо), військові дії, революції, епідемії, або втручання з боку компетентних органів, зміни у чинному законодавстві, а також інших обставин надзвичайного характеру, які виникли після підписання цього Договору й такі, які Сторони не могли ні передбачити, ні запобігти розумними заходами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:right="83" w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...7 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>11.2.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...12 lines deleted...]
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="000C4C5D">
+        </w:rPr>
+        <w:t xml:space="preserve"> Сторона, яка підпала під дію форс-мажорних обставин повинна письмово повідомити іншу Сторону впродовж 5 (п’яти) календарних днів про настання форс-мажорних обставин та про можливий термін їх припинення, а в строк до 10 (десяти) днів надати відповідні документи, які це підтверджують, від компетентних органів.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:right="83" w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...6 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Строк виконання зобов’язань відкладається на термін дії таких обставин.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="000C4C5D">
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:right="83" w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...6 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Несвоєчасне (пізніше 5 (п’яти) днів) повідомлення про існування форс-мажорних обставин позбавляє відповідну Сторону права посилання на них для звільнення від відповідальності.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="002B7CED" w:rsidP="002B7CED">
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:right="83" w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...7 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>11.3.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...12 lines deleted...]
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="002B7CED" w:rsidP="002B7CED">
+        </w:rPr>
+        <w:t xml:space="preserve"> Якщо обставини, передбачені п.11.1 Договору, будуть тривати понад 90 (дев’яносто) днів, Сторони повинні вирішити питання відносно розірвання цього Договору або узгодження строку виконання обов’язків за цим Договором.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:right="83" w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...7 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>11.4.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...12 lines deleted...]
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="000C4C5D">
+        </w:rPr>
+        <w:t xml:space="preserve"> Якщо Сторони не дійдуть згоди, то Сторона, що не підпала під дію обставин непереборної сили, має право розірвати цей Договір на підставі письмового повідомлення про це (рекомендованим листом, телеграмою тощо) іншої Сторони за 10 (десять) календарних днів до дати розірвання. Договір вважається розірваним на 11 (одинадцятий) календарний день з моменту отримання іншою Стороною такого повідомлення.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="142"/>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
-        <w:ind w:left="0" w:right="83" w:firstLine="0"/>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="0" w:right="85" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:bCs/>
-[...11 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Конфіденційність</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="002B7CED" w:rsidP="002B7CED">
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:right="83" w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...7 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>12.1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...12 lines deleted...]
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="002B7CED" w:rsidP="002B7CED">
+        </w:rPr>
+        <w:t xml:space="preserve"> Сторони домовилися вважати всю інформацію, будь-які матеріали та відомості, що пов’язані з операціями, які відбуваються відповідно до цього Договору, конфіденційною інформацією.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:right="83" w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...7 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>12.2.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...12 lines deleted...]
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="000C4C5D">
+        </w:rPr>
+        <w:t xml:space="preserve"> Конфіденційна інформація не може передаватися третім особам без попередньої письмової згоди іншої сторони за цим Договором, крім випадків, що пов’язані з одержанням офіційних дозволів, документів для виконання своїх зобов’язань за цим Договором або сплати податків та інших обов’язкових платежів, а також в інших випадках, передбачених чинним законодавством України.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="142"/>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
-        <w:ind w:left="0" w:right="83" w:firstLine="0"/>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="0" w:right="85" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:bCs/>
-[...11 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Дія Договору</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00057688" w:rsidRPr="00152BAA" w:rsidRDefault="006C7CAC" w:rsidP="00057688">
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:right="83" w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...37 lines deleted...]
-    <w:p w:rsidR="00057688" w:rsidRDefault="00057688" w:rsidP="00057688">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>13.1.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Цей Договір вважається укладеним і набирає чинності з дати його підписання Сторонами й скріплення печатками Сторін (за наявності у Клієнта печатки).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:right="83" w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...7 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>13.2.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...28 lines deleted...]
-    <w:p w:rsidR="00057688" w:rsidRPr="00152BAA" w:rsidRDefault="00057688" w:rsidP="00057688">
+        </w:rPr>
+        <w:t xml:space="preserve"> Перебіг строку дії цього Договору починається у момент, визначений п.13.1 цього Договору. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:right="83" w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...7 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>13.3.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...74 lines deleted...]
-    <w:p w:rsidR="00057688" w:rsidRPr="00152BAA" w:rsidRDefault="00057688" w:rsidP="00057688">
+        </w:rPr>
+        <w:t xml:space="preserve"> Договір вважається укладеним на __ рік(роки), а в частині виконання Центром своїх обов’язків, пов’язаних з обслуговуванням сертифікатів – до закінчення строку дії сертифікатів.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:right="83" w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...7 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>13.4.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...44 lines deleted...]
-    <w:p w:rsidR="00057688" w:rsidRPr="00152BAA" w:rsidRDefault="00057688" w:rsidP="00057688">
+        </w:rPr>
+        <w:t xml:space="preserve"> Зміни у цей Договір можуть бути внесені тільки за домовленістю Сторін, яка оформлюється додатковою угодою до цього Договору, якщо інше прямо не передбачено цим Договором або чинним законодавством України.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:right="83" w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...7 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>13.5.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...60 lines deleted...]
-    <w:p w:rsidR="00DD4342" w:rsidRDefault="00057688" w:rsidP="00DD4342">
+        </w:rPr>
+        <w:t xml:space="preserve"> Зміни до цього Договору набирають чинності з дати належного оформлення Сторонами, якщо інше не встановлено у самій додатковій угоді, цьому Договорі або у чинному законодавстві України.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:left="852" w:right="83" w:hanging="568"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...7 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>13.6.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...14 lines deleted...]
-        <w:pStyle w:val="af9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Договір втрачає чинність без додаткових узгоджень Сторін у випадку:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="33"/>
-        </w:numPr>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1560"/>
           <w:tab w:val="left" w:pos="1843"/>
           <w:tab w:val="left" w:pos="10632"/>
         </w:tabs>
         <w:ind w:right="83"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...6 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>закінчення строку дії всіх сертифікатів Клієнта;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00057688" w:rsidRPr="00152BAA" w:rsidRDefault="00057688" w:rsidP="00DD4342">
-[...1 lines deleted...]
-        <w:pStyle w:val="af9"/>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="33"/>
-        </w:numPr>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1560"/>
           <w:tab w:val="left" w:pos="1843"/>
           <w:tab w:val="left" w:pos="10632"/>
         </w:tabs>
         <w:ind w:right="83"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...6 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>скасування всіх сертифікатів Клієнта;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00057688" w:rsidRPr="00DD4342" w:rsidRDefault="00057688" w:rsidP="00DD4342">
-[...1 lines deleted...]
-        <w:pStyle w:val="af9"/>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="33"/>
-        </w:numPr>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1560"/>
           <w:tab w:val="left" w:pos="1843"/>
           <w:tab w:val="left" w:pos="10632"/>
         </w:tabs>
         <w:ind w:right="83"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...6 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>в інших випадках, передбачених законодавством України.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00057688" w:rsidRPr="00152BAA" w:rsidRDefault="00057688" w:rsidP="00057688">
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:left="852" w:right="83" w:hanging="568"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...7 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>13.7.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...14 lines deleted...]
-        <w:pStyle w:val="af9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Дія Договору достроково може бути припинена:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="34"/>
-        </w:numPr>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="1560"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:right="83"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...6 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>за згодою Сторін;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00057688" w:rsidRPr="00DD4342" w:rsidRDefault="00057688" w:rsidP="00DD4342">
-[...1 lines deleted...]
-        <w:pStyle w:val="af9"/>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="34"/>
-        </w:numPr>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="1560"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:right="83"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...6 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>у випадках, передбачених п.8.1. цього Договору;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DD4342" w:rsidRDefault="00DD4342" w:rsidP="00DD4342">
-[...1 lines deleted...]
-        <w:pStyle w:val="af9"/>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="35"/>
-        </w:numPr>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="1560"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:right="83"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...20 lines deleted...]
-        <w:pStyle w:val="af9"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>3.  з ініціативи Центру (за умови скасування сертифіката Центру або у випадку припинення діяльності Центру);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="36"/>
-        </w:numPr>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1843"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:left="1560" w:right="83" w:hanging="677"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...6 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>в інших випадках, передбачених законодавством України.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00057688" w:rsidRPr="00152BAA" w:rsidRDefault="00057688" w:rsidP="00057688">
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:right="83" w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...7 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>13.8.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...12 lines deleted...]
-    <w:p w:rsidR="00057688" w:rsidRPr="00152BAA" w:rsidRDefault="00057688" w:rsidP="00057688">
+        </w:rPr>
+        <w:t xml:space="preserve"> У випадку дострокового припинення дії Договору Центр скасовує сертифікати Клієнта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:right="83" w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...7 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>13.9.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...12 lines deleted...]
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="000C4C5D">
+        </w:rPr>
+        <w:t xml:space="preserve"> Закінчення строку дії цього Договору не звільняє Сторони від відповідальності за його порушення, яке мало місце під час дії цього Договору.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="142"/>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
-        <w:ind w:left="0" w:right="83" w:firstLine="0"/>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="0" w:right="85" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:bCs/>
-[...11 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Захист персональних даних</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="002B7CED" w:rsidP="002B7CED">
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:right="83" w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...7 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>14.1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...28 lines deleted...]
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="002B7CED" w:rsidP="002B7CED">
+        </w:rPr>
+        <w:t xml:space="preserve"> Сторони погоджуються, що у зв’язку з цим Договором можлива передача одна одній персональних даних своїх представників - суб’єктів персональних даних. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:right="83" w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...7 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>14.2.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...12 lines deleted...]
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="002B7CED" w:rsidP="002B7CED">
+        </w:rPr>
+        <w:t xml:space="preserve"> Персональні дані представників Сторін, що були отримані у зв’язку з виконанням цього Договору можуть зберігатися відповідною Стороною безстроково, якщо інше не передбачене чинним законодавством.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:right="83" w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...7 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>14.3.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...16 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> У зв’язку з вищевикладеним та у відповідності до Закону України «Про захист персональних даних» від 01.06.2010 р № 2297-VI (далі – </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Закон № 2297-VI</w:t>
       </w:r>
-      <w:r w:rsidR="000C4C5D" w:rsidRPr="00683F49">
-[...3 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>), Сторони підтверджують та гарантують наступне:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="002B7CED" w:rsidP="002B7CED">
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:left="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...19 lines deleted...]
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="002B7CED" w:rsidP="002B7CED">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>14.3.1. будь-які персональні дані, що передаються іншій Стороні, обробляються відповідно до вимог чинного законодавства України в сфері захисту персональних даних;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:left="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...19 lines deleted...]
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="002B7CED" w:rsidP="002B7CED">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>14.3.2. Сторони гарантують, що обробка персональних даних у зв’язку з виконанням цього Договору обмежується метою обробки персональних даних, що зазначена у згоді на обробку персональних даних відповідного представника передаючої Сторони або в чинному законодавстві;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:left="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...20 lines deleted...]
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="002B7CED" w:rsidP="002B7CED">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>14.3.3. всі представники, персональні дані яких передаються, належним чином повідомлені про свої права, мету обробки та осіб, яким ці дані можуть передаватися, відповідно до Закону № 2297-VI;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:left="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...19 lines deleted...]
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="002B7CED" w:rsidP="002B7CED">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>14.3.4. персональні дані представників однієї Сторони обробляються іншою Стороною виключно у зв’язку з виконанням цього Договору і Сторона, що отримала такі персональні дані, включає їх у власні бази даних.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:right="83" w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...7 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>14.4.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...12 lines deleted...]
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="002B7CED" w:rsidP="002B7CED">
+        </w:rPr>
+        <w:t xml:space="preserve"> Сторони зобов'язуються належним чином виконувати вимоги Закону № 2297-VI, зокрема, зобов’язуються здійснити всі необхідні організаційні та технічні заходи для належного захисту отриманих від іншої Сторони персональних даних представників. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:right="83" w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...7 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>14.5.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...12 lines deleted...]
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="000C4C5D">
+        </w:rPr>
+        <w:t xml:space="preserve"> Сторона, що передала персональні дані своїх представників іншій Стороні при недотриманні  вказаних гарантій та/або при порушенні законодавства про захист персональних даних, самостійно несе відповідальність за всі наслідки такого порушення.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="142"/>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
-        <w:ind w:left="0" w:right="83" w:firstLine="0"/>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="0" w:right="85" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:bCs/>
-[...11 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Порядок вирішення спірних питань</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="002B7CED" w:rsidP="009A19C6">
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:right="83" w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...7 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>15.1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...12 lines deleted...]
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="002B7CED" w:rsidP="009A19C6">
+        </w:rPr>
+        <w:t xml:space="preserve"> У випадку виникнення спорів та розбіжностей з питань, що становлять предмет цього Договору або у зв’язку з ним, Сторони вживають всіх можливих заходів для їх вирішення шляхом переговорів.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:right="83" w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...7 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>15.2.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...12 lines deleted...]
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="000C4C5D">
+        </w:rPr>
+        <w:t xml:space="preserve"> Якщо Сторони не зможуть дійти згоди, всі спори та розбіжності, що виникають при виконанні цього Договору, вирішуються відповідно до чинного законодавства України.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="142"/>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
-        <w:ind w:left="0" w:right="83" w:firstLine="0"/>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="0" w:right="85" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:bCs/>
-[...11 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Прикінцеві положення</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="00683F49" w:rsidRDefault="009A19C6" w:rsidP="009A19C6">
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:right="83" w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...7 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>16.1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...12 lines deleted...]
-    <w:p w:rsidR="00422F0C" w:rsidRDefault="009A19C6" w:rsidP="009A19C6">
+        </w:rPr>
+        <w:t xml:space="preserve"> У випадках, не передбачених цим Договором, Сторони керуються чинним законодавством України.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:right="83" w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...7 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>16.2.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...12 lines deleted...]
-    <w:p w:rsidR="00031553" w:rsidRPr="00031553" w:rsidRDefault="00031553" w:rsidP="00031553">
+        </w:rPr>
+        <w:t xml:space="preserve"> Центр має статус платника податку на прибуток на загальних підставах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:right="83" w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...7 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>16.3.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...56 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Клієнт має статус </w:t>
+      </w:r>
+      <w:permStart w:id="1838305287" w:edGrp="everyone"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>______________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="00152BAA">
-[...11 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+      <w:permEnd w:id="1838305287"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00031553" w:rsidRPr="00031553" w:rsidRDefault="009A19C6" w:rsidP="00031553">
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:right="83" w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...46 lines deleted...]
-    <w:p w:rsidR="00031553" w:rsidRPr="00152BAA" w:rsidRDefault="00031553" w:rsidP="00031553">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>16.4.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сторони несуть повну відповідальність за правильність вказаних ними у цьому Договорі реквізитів та зобов'язуються своєчасно повідомляти іншу Сторону про їх зміну. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:right="83" w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...7 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>16.5.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...28 lines deleted...]
-    <w:p w:rsidR="00031553" w:rsidRPr="00152BAA" w:rsidRDefault="00031553" w:rsidP="00031553">
+        </w:rPr>
+        <w:t xml:space="preserve"> Додаткові угоди до цього Договору є його невід'ємними частинами і мають юридичну силу у разі, якщо вони викладені у письмовій формі, підписані Сторонами та скріплені їх печатками (за наявності у Клієнта печатки).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:right="83" w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...7 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>16.6.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...12 lines deleted...]
-    <w:p w:rsidR="00031553" w:rsidRPr="00152BAA" w:rsidRDefault="00031553" w:rsidP="00031553">
+        </w:rPr>
+        <w:t xml:space="preserve"> Всі виправлення за текстом цього Договору мають юридичну силу та можуть враховуватися виключно за умови, що вони у кожному окремому випадку датовані, засвідчені підписами Сторін та скріплені їх печатками (за наявності у Клієнта печатки). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:right="83" w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...7 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>16.7.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...12 lines deleted...]
-    <w:p w:rsidR="00031553" w:rsidRPr="00152BAA" w:rsidRDefault="00031553" w:rsidP="00031553">
+        </w:rPr>
+        <w:t xml:space="preserve"> У своїй діяльності Сторони погоджуються використовувати електронні документи та призначені для цього КЕП. Сторони визнають будь-які документи в електронному вигляді із застосуванням КЕП, складені та надані будь-якою Стороною іншій засобами телекомунікаційного зв'язку або на електронних носіях, як оригінали, що мають юридичну силу. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:right="83" w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...7 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>16.8.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...12 lines deleted...]
-    <w:p w:rsidR="00031553" w:rsidRPr="00152BAA" w:rsidRDefault="00031553" w:rsidP="00F14A5E">
+        </w:rPr>
+        <w:t xml:space="preserve"> Сторони визнають, що КЕП за правовим статусом прирівнюється до власноручного підпису (печатки) Центру та Клієнта у разі, якщо:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="23"/>
-[...2 lines deleted...]
-          <w:tab w:val="clear" w:pos="1440"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
-          <w:tab w:val="num" w:pos="1134"/>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:left="0" w:right="83" w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...6 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>строк дії, зазначений у кваліфікованому сертифікаті відкритого ключа, не закінчився;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00031553" w:rsidRPr="00152BAA" w:rsidRDefault="00031553" w:rsidP="00F14A5E">
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="23"/>
-[...2 lines deleted...]
-          <w:tab w:val="clear" w:pos="1440"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
-          <w:tab w:val="num" w:pos="1134"/>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:left="0" w:right="83" w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...6 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>суб’єктом, який видав сертифікат, статус кваліфікованого сертифіката відкритого ключа не змінено на скасований або блокований з підстав, визначених Законом «Про електронні довірчі послуги»;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00031553" w:rsidRDefault="00031553" w:rsidP="00F14A5E">
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="23"/>
-[...2 lines deleted...]
-          <w:tab w:val="clear" w:pos="1440"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
-          <w:tab w:val="num" w:pos="1134"/>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:left="0" w:right="83" w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...6 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>за попередніми двома ознаками був чинним кваліфікований сертифікат відкритого ключа суб’єкта, який видав сертифікат.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00031553" w:rsidRPr="00031553" w:rsidRDefault="00031553" w:rsidP="00031553">
-[...33 lines deleted...]
-    <w:p w:rsidR="002902B1" w:rsidRDefault="002902B1" w:rsidP="00031553">
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:right="83" w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...11 lines deleted...]
-        <w:ind w:left="357" w:right="83"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">16.9. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Цей Договір укладений при повному розумінні Сторонами його умов та термінології, українською мовою у двох автентичних примірниках, які мають однакову юридичну силу, - по одному для кожної із Сторін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="142"/>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="1800"/>
+          <w:tab w:val="left" w:pos="10348"/>
+        </w:tabs>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="0" w:right="85" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:bCs/>
-[...39 lines deleted...]
-          <w:lang w:val="uk-UA"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Місцезнаходження та банківські реквізити Сторін</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="15497" w:type="dxa"/>
+        <w:tblStyle w:val="aff"/>
+        <w:tblW w:w="15496" w:type="dxa"/>
         <w:tblInd w:w="284" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
-        <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5499"/>
+        <w:gridCol w:w="5498"/>
         <w:gridCol w:w="4999"/>
         <w:gridCol w:w="4999"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00743141" w:rsidRPr="00683F49" w:rsidTr="00743141">
+      <w:tr w:rsidR="005767C2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5499" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00743141" w:rsidRPr="00683F49" w:rsidRDefault="00743141" w:rsidP="00743141">
+          <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
             <w:pPr>
-              <w:pStyle w:val="7"/>
+              <w:keepNext/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
               <w:tabs>
+                <w:tab w:val="left" w:pos="10080"/>
                 <w:tab w:val="left" w:pos="10348"/>
               </w:tabs>
-              <w:ind w:left="0" w:right="83"/>
+              <w:ind w:right="83"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00683F49">
+            <w:r>
               <w:rPr>
+                <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Центр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4999" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00743141" w:rsidRPr="00683F49" w:rsidRDefault="00743141" w:rsidP="00743141">
+          <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
             <w:pPr>
-              <w:pStyle w:val="7"/>
+              <w:keepNext/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
               <w:tabs>
+                <w:tab w:val="left" w:pos="10080"/>
                 <w:tab w:val="left" w:pos="10348"/>
               </w:tabs>
-              <w:ind w:left="0" w:right="83"/>
+              <w:ind w:right="83"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00152BAA">
+            <w:r>
               <w:rPr>
+                <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Клієнт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4999" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00743141" w:rsidRPr="00683F49" w:rsidRDefault="00743141" w:rsidP="00743141">
+          <w:p w:rsidR="005767C2" w:rsidRDefault="005767C2">
             <w:pPr>
-              <w:pStyle w:val="7"/>
+              <w:keepNext/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
               <w:tabs>
+                <w:tab w:val="left" w:pos="10080"/>
                 <w:tab w:val="left" w:pos="10348"/>
               </w:tabs>
-              <w:ind w:left="0" w:right="83"/>
+              <w:ind w:right="83"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00743141" w:rsidRPr="00683F49" w:rsidTr="00743141">
+      <w:tr w:rsidR="005767C2">
         <w:trPr>
           <w:trHeight w:val="363"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5499" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00743141" w:rsidRPr="00683F49" w:rsidRDefault="00743141" w:rsidP="00743141">
+          <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
             <w:pPr>
-              <w:pStyle w:val="7"/>
+              <w:keepNext/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
               <w:tabs>
+                <w:tab w:val="left" w:pos="10080"/>
                 <w:tab w:val="left" w:pos="10348"/>
               </w:tabs>
-              <w:ind w:left="0" w:right="83"/>
+              <w:ind w:right="83"/>
               <w:rPr>
+                <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="11" w:name="_Hlk173922245"/>
-            <w:r w:rsidRPr="00683F49">
+            <w:bookmarkStart w:id="1" w:name="_heading=h.oes15mrcb2r" w:colFirst="0" w:colLast="0"/>
+            <w:bookmarkEnd w:id="1"/>
+            <w:permStart w:id="1407011623" w:edGrp="everyone" w:colFirst="1" w:colLast="1"/>
+            <w:r>
               <w:rPr>
+                <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ТОВ «ЦСК «УКРАЇНА»</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="11"/>
-          <w:p w:rsidR="00743141" w:rsidRPr="00683F49" w:rsidRDefault="00743141" w:rsidP="00743141">
+          <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
             <w:pPr>
-              <w:pStyle w:val="7"/>
+              <w:keepNext/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
               <w:tabs>
+                <w:tab w:val="left" w:pos="10080"/>
                 <w:tab w:val="left" w:pos="10348"/>
               </w:tabs>
-              <w:ind w:left="0" w:right="83"/>
+              <w:ind w:right="83"/>
               <w:rPr>
+                <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00683F49">
+            <w:r>
               <w:rPr>
+                <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">03142, м. Київ, вул. Ірпінська, 1 </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00743141" w:rsidRPr="00683F49" w:rsidRDefault="00743141" w:rsidP="00743141">
+          <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
             <w:pPr>
-              <w:pStyle w:val="7"/>
+              <w:keepNext/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
               <w:tabs>
+                <w:tab w:val="left" w:pos="10080"/>
                 <w:tab w:val="left" w:pos="10348"/>
               </w:tabs>
-              <w:ind w:left="0" w:right="83"/>
+              <w:ind w:right="83"/>
               <w:rPr>
+                <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00683F49">
+            <w:r>
               <w:rPr>
+                <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>тел. 206-72-31, факс 206-72-32</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00743141" w:rsidRPr="00683F49" w:rsidRDefault="00743141" w:rsidP="00743141">
+          <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
             <w:pPr>
-              <w:pStyle w:val="7"/>
+              <w:keepNext/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
               <w:tabs>
+                <w:tab w:val="left" w:pos="10080"/>
                 <w:tab w:val="left" w:pos="10348"/>
               </w:tabs>
-              <w:ind w:left="0" w:right="83"/>
+              <w:ind w:right="83"/>
               <w:rPr>
+                <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00683F49">
+            <w:r>
               <w:rPr>
+                <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ЄДРПОУ – 36865753</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00743141" w:rsidRPr="00683F49" w:rsidRDefault="00743141" w:rsidP="00743141">
+          <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
             <w:pPr>
-              <w:pStyle w:val="7"/>
+              <w:keepNext/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
               <w:tabs>
+                <w:tab w:val="left" w:pos="10080"/>
                 <w:tab w:val="left" w:pos="10348"/>
               </w:tabs>
-              <w:ind w:left="0" w:right="83"/>
+              <w:ind w:right="83"/>
               <w:rPr>
+                <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00683F49">
+            <w:r>
               <w:rPr>
+                <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>АТ КБ</w:t>
-[...14 lines deleted...]
-              <w:t>«ПриватБанк»</w:t>
+              <w:t>АТ КБ «ПриватБанк»</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00743141" w:rsidRDefault="00743141" w:rsidP="00743141">
+          <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
             <w:pPr>
-              <w:pStyle w:val="7"/>
+              <w:keepNext/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
               <w:tabs>
+                <w:tab w:val="left" w:pos="10080"/>
                 <w:tab w:val="left" w:pos="10348"/>
               </w:tabs>
-              <w:ind w:left="0" w:right="83"/>
+              <w:ind w:right="83"/>
               <w:rPr>
+                <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00683F49">
+            <w:r>
               <w:rPr>
+                <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>UA813052990000026002026218651</w:t>
-[...13 lines deleted...]
-              <w:t>і КЕП</w:t>
+              <w:t>UA813052990000026002026218651 – файлові КЕП</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00545164" w:rsidRPr="00C11F61" w:rsidRDefault="00545164" w:rsidP="00545164">
+          <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
             <w:pPr>
               <w:rPr>
                 <w:b/>
-                <w:bCs/>
-[...43 lines deleted...]
-              <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00683F49">
+            <w:r>
               <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>UA853052990000026002026227891 - CloudKey</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
+            <w:pPr>
+              <w:keepNext/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="10080"/>
+                <w:tab w:val="left" w:pos="10348"/>
+              </w:tabs>
+              <w:ind w:right="83"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>інд. податковий № 368657526561</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00743141" w:rsidRPr="00683F49" w:rsidRDefault="00743141" w:rsidP="00743141">
+          <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
             <w:pPr>
-              <w:pStyle w:val="7"/>
+              <w:keepNext/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
               <w:tabs>
+                <w:tab w:val="left" w:pos="10080"/>
                 <w:tab w:val="left" w:pos="10348"/>
               </w:tabs>
-              <w:ind w:left="0" w:right="83"/>
+              <w:ind w:right="83"/>
               <w:rPr>
+                <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00683F49">
+            <w:r>
               <w:rPr>
+                <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>свідоцтво платника ПДВ № 200007487</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00743141" w:rsidRPr="000E633E" w:rsidRDefault="00743141" w:rsidP="00743141">
+          <w:p w:rsidR="005767C2" w:rsidRDefault="005767C2">
             <w:pPr>
-              <w:rPr>
-[...890 lines deleted...]
-              <w:ind w:left="0" w:right="83"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4999" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00743141" w:rsidRPr="00683F49" w:rsidRDefault="00743141" w:rsidP="00743141">
+          <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
             <w:pPr>
-              <w:pStyle w:val="7"/>
+              <w:keepNext/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
               <w:tabs>
+                <w:tab w:val="left" w:pos="10080"/>
                 <w:tab w:val="left" w:pos="10348"/>
               </w:tabs>
-              <w:ind w:left="0" w:right="83"/>
+              <w:ind w:right="83"/>
               <w:rPr>
+                <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...19 lines deleted...]
-              <w:ind w:left="0" w:right="83"/>
+            <w:r>
               <w:rPr>
+                <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-            </w:pPr>
-[...12 lines deleted...]
-              </w:fldChar>
+              <w:t>_____________________________________________</w:t>
             </w:r>
-            <w:bookmarkStart w:id="12" w:name="ТекстовоеПоле17"/>
-[...91 lines deleted...]
-            <w:bookmarkEnd w:id="13"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4999" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00743141" w:rsidRPr="00683F49" w:rsidRDefault="00743141" w:rsidP="00743141">
+          <w:p w:rsidR="005767C2" w:rsidRDefault="005767C2">
             <w:pPr>
-              <w:pStyle w:val="7"/>
+              <w:keepNext/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
               <w:tabs>
+                <w:tab w:val="left" w:pos="10080"/>
                 <w:tab w:val="left" w:pos="10348"/>
               </w:tabs>
-              <w:ind w:left="0" w:right="83"/>
+              <w:ind w:right="83"/>
               <w:rPr>
+                <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00152BAA">
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005767C2">
+        <w:trPr>
+          <w:trHeight w:val="362"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5499" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="005767C2" w:rsidRDefault="005767C2">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
+                <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:fldChar w:fldCharType="begin">
-[...100 lines deleted...]
-            <w:bookmarkEnd w:id="15"/>
+            </w:pPr>
+            <w:permStart w:id="1905793007" w:edGrp="everyone" w:colFirst="1" w:colLast="1"/>
+            <w:permEnd w:id="1407011623"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4999" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00743141" w:rsidRPr="00683F49" w:rsidRDefault="00743141" w:rsidP="00743141">
+          <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
             <w:pPr>
-              <w:pStyle w:val="7"/>
+              <w:keepNext/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
               <w:tabs>
+                <w:tab w:val="left" w:pos="10080"/>
                 <w:tab w:val="left" w:pos="10348"/>
               </w:tabs>
-              <w:ind w:left="0" w:right="83"/>
+              <w:ind w:right="83"/>
               <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>_____________________________________________</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="005767C2" w:rsidRDefault="005767C2">
+            <w:pPr>
+              <w:keepNext/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="10080"/>
+                <w:tab w:val="left" w:pos="10348"/>
+              </w:tabs>
+              <w:ind w:right="83"/>
+              <w:rPr>
+                <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00743141" w:rsidRPr="009C7CD3" w:rsidTr="00743141">
+      <w:tr w:rsidR="005767C2">
+        <w:trPr>
+          <w:trHeight w:val="362"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5499" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="005767C2" w:rsidRDefault="005767C2">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:permStart w:id="1116479037" w:edGrp="everyone" w:colFirst="1" w:colLast="1"/>
+            <w:permEnd w:id="1905793007"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
+            <w:pPr>
+              <w:keepNext/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="10080"/>
+                <w:tab w:val="left" w:pos="10348"/>
+              </w:tabs>
+              <w:ind w:right="83"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>_____________________________________________</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="005767C2" w:rsidRDefault="005767C2">
+            <w:pPr>
+              <w:keepNext/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="10080"/>
+                <w:tab w:val="left" w:pos="10348"/>
+              </w:tabs>
+              <w:ind w:right="83"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005767C2">
+        <w:trPr>
+          <w:trHeight w:val="362"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5499" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="005767C2" w:rsidRDefault="005767C2">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:permStart w:id="1875263945" w:edGrp="everyone" w:colFirst="1" w:colLast="1"/>
+            <w:permEnd w:id="1116479037"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
+            <w:pPr>
+              <w:keepNext/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="10080"/>
+                <w:tab w:val="left" w:pos="10348"/>
+              </w:tabs>
+              <w:ind w:right="83"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>_____________________________________________</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="005767C2" w:rsidRDefault="005767C2">
+            <w:pPr>
+              <w:keepNext/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="10080"/>
+                <w:tab w:val="left" w:pos="10348"/>
+              </w:tabs>
+              <w:ind w:right="83"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005767C2">
+        <w:trPr>
+          <w:trHeight w:val="362"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5499" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="005767C2" w:rsidRDefault="005767C2">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:permStart w:id="1449542879" w:edGrp="everyone" w:colFirst="1" w:colLast="1"/>
+            <w:permEnd w:id="1875263945"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
+            <w:pPr>
+              <w:keepNext/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="10080"/>
+                <w:tab w:val="left" w:pos="10348"/>
+              </w:tabs>
+              <w:ind w:right="83"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>_____________________________________________</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="005767C2" w:rsidRDefault="005767C2">
+            <w:pPr>
+              <w:keepNext/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="10080"/>
+                <w:tab w:val="left" w:pos="10348"/>
+              </w:tabs>
+              <w:ind w:right="83"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005767C2">
+        <w:trPr>
+          <w:trHeight w:val="362"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5499" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="005767C2" w:rsidRDefault="005767C2">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:permStart w:id="1425358897" w:edGrp="everyone" w:colFirst="1" w:colLast="1"/>
+            <w:permEnd w:id="1449542879"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
+            <w:pPr>
+              <w:keepNext/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="10080"/>
+                <w:tab w:val="left" w:pos="10348"/>
+              </w:tabs>
+              <w:ind w:right="83"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>_____________________________________________</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="005767C2" w:rsidRDefault="005767C2">
+            <w:pPr>
+              <w:keepNext/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="10080"/>
+                <w:tab w:val="left" w:pos="10348"/>
+              </w:tabs>
+              <w:ind w:right="83"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005767C2">
+        <w:trPr>
+          <w:trHeight w:val="362"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5499" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="005767C2" w:rsidRDefault="005767C2">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:permStart w:id="1019183043" w:edGrp="everyone" w:colFirst="1" w:colLast="1"/>
+            <w:permEnd w:id="1425358897"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
+            <w:pPr>
+              <w:keepNext/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="10080"/>
+                <w:tab w:val="left" w:pos="10348"/>
+              </w:tabs>
+              <w:ind w:right="83"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>_____________________________________________</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="005767C2" w:rsidRDefault="005767C2">
+            <w:pPr>
+              <w:keepNext/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="10080"/>
+                <w:tab w:val="left" w:pos="10348"/>
+              </w:tabs>
+              <w:ind w:right="83"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:permEnd w:id="1019183043"/>
+      <w:tr w:rsidR="005767C2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5499" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00743141" w:rsidRPr="00152BAA" w:rsidRDefault="00743141" w:rsidP="00743141">
+          <w:p w:rsidR="005767C2" w:rsidRDefault="005767C2">
             <w:pPr>
-              <w:pStyle w:val="7"/>
+              <w:keepNext/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
               <w:tabs>
+                <w:tab w:val="left" w:pos="10080"/>
                 <w:tab w:val="left" w:pos="10348"/>
               </w:tabs>
-              <w:ind w:left="0" w:right="83"/>
-              <w:jc w:val="center"/>
+              <w:ind w:right="83"/>
               <w:rPr>
+                <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00743141" w:rsidRPr="00683F49" w:rsidRDefault="00743141" w:rsidP="00743141">
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="005767C2" w:rsidRDefault="005767C2">
             <w:pPr>
-              <w:pStyle w:val="7"/>
+              <w:keepNext/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
               <w:tabs>
+                <w:tab w:val="left" w:pos="10080"/>
                 <w:tab w:val="left" w:pos="10348"/>
               </w:tabs>
-              <w:ind w:left="0" w:right="83"/>
-              <w:jc w:val="center"/>
+              <w:ind w:right="83"/>
               <w:rPr>
+                <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00152BAA">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="005767C2" w:rsidRDefault="005767C2">
+            <w:pPr>
+              <w:keepNext/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="10080"/>
+                <w:tab w:val="left" w:pos="10348"/>
+              </w:tabs>
+              <w:ind w:right="83"/>
               <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005767C2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5499" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
+            <w:pPr>
+              <w:keepNext/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="10080"/>
+                <w:tab w:val="left" w:pos="10348"/>
+              </w:tabs>
+              <w:ind w:right="83"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:permStart w:id="1793342430" w:edGrp="everyone" w:colFirst="1" w:colLast="1"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>____________________________________________</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
+            <w:pPr>
+              <w:keepNext/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="10080"/>
+                <w:tab w:val="left" w:pos="10348"/>
+              </w:tabs>
+              <w:ind w:right="83"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>_____________________________________________</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="005767C2" w:rsidRDefault="005767C2">
+            <w:pPr>
+              <w:keepNext/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="10080"/>
+                <w:tab w:val="left" w:pos="10348"/>
+              </w:tabs>
+              <w:ind w:right="83"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:permEnd w:id="1793342430"/>
+      <w:tr w:rsidR="005767C2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5499" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="005767C2" w:rsidRDefault="005767C2">
+            <w:pPr>
+              <w:keepNext/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="10080"/>
+                <w:tab w:val="left" w:pos="10348"/>
+              </w:tabs>
+              <w:ind w:right="83"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
+            <w:pPr>
+              <w:keepNext/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="10080"/>
+                <w:tab w:val="left" w:pos="10348"/>
+              </w:tabs>
+              <w:ind w:right="83"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>М.П.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4999" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00743141" w:rsidRPr="00152BAA" w:rsidRDefault="00743141" w:rsidP="00743141">
+          <w:p w:rsidR="005767C2" w:rsidRDefault="005767C2">
             <w:pPr>
-              <w:pStyle w:val="7"/>
+              <w:keepNext/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
               <w:tabs>
+                <w:tab w:val="left" w:pos="10080"/>
                 <w:tab w:val="left" w:pos="10348"/>
               </w:tabs>
-              <w:ind w:left="0" w:right="83"/>
+              <w:ind w:right="83"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00743141" w:rsidRPr="009C7CD3" w:rsidRDefault="00743141" w:rsidP="00743141">
+          <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
             <w:pPr>
-              <w:pStyle w:val="7"/>
+              <w:keepNext/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
               <w:tabs>
+                <w:tab w:val="left" w:pos="10080"/>
                 <w:tab w:val="left" w:pos="10348"/>
               </w:tabs>
-              <w:ind w:left="0" w:right="83"/>
+              <w:ind w:right="83"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00152BAA">
+            <w:r>
               <w:rPr>
+                <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>М.П.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4999" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00743141" w:rsidRPr="009C7CD3" w:rsidRDefault="00743141" w:rsidP="00743141">
+          <w:p w:rsidR="005767C2" w:rsidRDefault="005767C2">
             <w:pPr>
-              <w:pStyle w:val="7"/>
+              <w:keepNext/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
               <w:tabs>
+                <w:tab w:val="left" w:pos="10080"/>
                 <w:tab w:val="left" w:pos="10348"/>
               </w:tabs>
-              <w:ind w:left="0" w:right="83"/>
+              <w:ind w:right="83"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="000C4C5D" w:rsidRPr="009C7CD3" w:rsidRDefault="000C4C5D">
+    <w:p w:rsidR="005767C2" w:rsidRDefault="005767C2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="10348"/>
         </w:tabs>
         <w:ind w:right="83"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="uk-UA"/>
-[...4 lines deleted...]
-      <w:headerReference w:type="default" r:id="rId8"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="_heading=h.cae8vvk4rix5" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkEnd w:id="2"/>
+    </w:p>
+    <w:sectPr w:rsidR="005767C2">
+      <w:headerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="680" w:right="567" w:bottom="567" w:left="794" w:header="397" w:footer="0" w:gutter="0"/>
-      <w:cols w:space="708"/>
-      <w:docGrid w:linePitch="360"/>
+      <w:pgNumType w:start="1"/>
+      <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00BD1375" w:rsidRDefault="00BD1375">
+    <w:p w:rsidR="00E76818" w:rsidRDefault="00E76818">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00BD1375" w:rsidRDefault="00BD1375">
+    <w:p w:rsidR="00E76818" w:rsidRDefault="00E76818">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
-  <w:font w:name="Symbol">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:embedBold r:id="rId1" w:fontKey="{4534516F-0F6A-458A-9D24-727BBDA2CA0A}"/>
+    <w:embedBoldItalic r:id="rId2" w:fontKey="{72B3784F-90A2-4D6B-B929-52447C0B669D}"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId3" w:fontKey="{864AB1A6-69BC-4E93-9388-C2115566029E}"/>
+    <w:embedBold r:id="rId4" w:fontKey="{713E7A78-DCDA-4EE2-A4F2-BA12FD067B75}"/>
+    <w:embedBoldItalic r:id="rId5" w:fontKey="{1475A94E-C8FB-4AE6-A2AA-6B70D1465482}"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:panose1 w:val="020B0604020202020204"/>
-    <w:charset w:val="80"/>
-    <w:family w:val="swiss"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="F7FFAFFF" w:usb1="E9DFFFFF" w:usb2="0000003F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId6" w:fontKey="{27120B7E-E767-4FC6-88A0-61DA328E47A6}"/>
+  </w:font>
+  <w:font w:name="Georgia">
+    <w:panose1 w:val="02040502050405020303"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId7" w:fontKey="{3C731130-60D6-4586-A2C0-DD85D88D3C3D}"/>
+    <w:embedItalic r:id="rId8" w:fontKey="{6142C410-DEBD-40AC-BE2A-26B090A6BBE7}"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId9" w:fontKey="{0F7C08A3-3B5D-4E96-B89B-2F8AEAEAC5BC}"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00BD1375" w:rsidRDefault="00BD1375">
+    <w:p w:rsidR="00E76818" w:rsidRDefault="00E76818">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00BD1375" w:rsidRDefault="00BD1375">
+    <w:p w:rsidR="00E76818" w:rsidRDefault="00E76818">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00942F44" w:rsidRPr="00942F44" w:rsidRDefault="00942F44" w:rsidP="00942F44">
+  <w:p w:rsidR="005767C2" w:rsidRDefault="00455744">
     <w:pPr>
-      <w:pStyle w:val="a9"/>
+      <w:pBdr>
+        <w:top w:val="nil"/>
+        <w:left w:val="nil"/>
+        <w:bottom w:val="nil"/>
+        <w:right w:val="nil"/>
+        <w:between w:val="nil"/>
+      </w:pBdr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
       <w:jc w:val="right"/>
       <w:rPr>
+        <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
-        <w:lang w:val="uk-UA"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
+        <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
-        <w:lang w:val="en-US"/>
       </w:rPr>
-      <w:t xml:space="preserve">                    </w:t>
+      <w:t xml:space="preserve">                       стор. </w:t>
     </w:r>
     <w:r>
       <w:rPr>
+        <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
-        <w:lang w:val="uk-UA"/>
-[...7 lines deleted...]
-        <w:lang w:val="uk-UA"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
+        <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
-        <w:lang w:val="uk-UA"/>
       </w:rPr>
-      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+      <w:instrText>PAGE</w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
+        <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
-        <w:lang w:val="uk-UA"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="007A0316">
+    <w:r w:rsidR="00AC68A6">
       <w:rPr>
         <w:noProof/>
+        <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
-        <w:lang w:val="uk-UA"/>
+      </w:rPr>
+      <w:t>5</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> з </w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:instrText>NUMPAGES</w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidR="00AC68A6">
+      <w:rPr>
+        <w:noProof/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>7</w:t>
     </w:r>
     <w:r>
       <w:rPr>
+        <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
-        <w:lang w:val="uk-UA"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:rPr>
+        <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
-        <w:lang w:val="uk-UA"/>
-[...49 lines deleted...]
-        <w:lang w:val="uk-UA"/>
       </w:rPr>
       <w:t xml:space="preserve">                    </w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="FFFFFF82"/>
-[...20 lines deleted...]
-    <w:nsid w:val="07031DA0"/>
+    <w:nsid w:val="0312064F"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="58AC43D6"/>
-[...567 lines deleted...]
-    <w:tmpl w:val="864A574A"/>
+    <w:tmpl w:val="82C8CD12"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="10.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
       </w:rPr>
     </w:lvl>
@@ -16124,702 +9018,226 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="1D5E51EA"/>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0B850E19"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="FF7AB69E"/>
+    <w:tmpl w:val="2BBC4E7E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="13"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="400" w:hanging="400"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="7"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1300" w:hanging="400"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="720"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3420" w:hanging="720"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="1080"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5580" w:hanging="1080"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="1080"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7740" w:hanging="1440"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8640" w:hanging="1440"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="1EDD2DFE"/>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1B9F47D5"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="23E468F4"/>
+    <w:tmpl w:val="FC9A55DA"/>
     <w:lvl w:ilvl="0">
-      <w:start w:val="1"/>
-[...11 lines deleted...]
-      </w:rPr>
+      <w:start w:val="13"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="400" w:hanging="400"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
-      <w:start w:val="1"/>
+      <w:start w:val="7"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...7 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="1300" w:hanging="400"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1.%2.%3"/>
-[...9 lines deleted...]
-      </w:rPr>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="720"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1.%2.%3.%4"/>
-[...9 lines deleted...]
-      </w:rPr>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3420" w:hanging="720"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1.%2.%3.%4.%5"/>
-[...9 lines deleted...]
-      </w:rPr>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="1080"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1.%2.%3.%4.%5.%6"/>
-[...9 lines deleted...]
-      </w:rPr>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5580" w:hanging="1080"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7"/>
-[...9 lines deleted...]
-      </w:rPr>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="1080"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
-[...9 lines deleted...]
-      </w:rPr>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7740" w:hanging="1440"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
-[...9 lines deleted...]
-      </w:rPr>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8640" w:hanging="1440"/>
+      </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="203C4E3B"/>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1E380B3E"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="B5AC2EC2"/>
-[...393 lines deleted...]
-    <w:tmpl w:val="2C8A0522"/>
+    <w:tmpl w:val="17DA7992"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="2.%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1808" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2528" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
@@ -16864,850 +9282,261 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6128" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6848" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7568" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="31956E01"/>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="250C0319"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="C700DF8C"/>
-    <w:numStyleLink w:val="30"/>
+    <w:tmpl w:val="0C6AA39E"/>
+    <w:lvl w:ilvl="0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="46FA3011"/>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="26DC120C"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="C700DF8C"/>
-    <w:numStyleLink w:val="30"/>
+    <w:tmpl w:val="1B04BEBC"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="4"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="390" w:hanging="390"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="750" w:hanging="390"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="4.2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="720"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="720"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="1080"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="1080"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="1440"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="1440"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="1440"/>
+      </w:pPr>
+    </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="488D16CE"/>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="273C5945"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="25ACB6A4"/>
-    <w:styleLink w:val="1"/>
+    <w:tmpl w:val="0BA4D6C0"/>
     <w:lvl w:ilvl="0">
-      <w:start w:val="3"/>
-[...11 lines deleted...]
-      </w:rPr>
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1.%2"/>
-[...130 lines deleted...]
-      <w:lvlText w:val="10.%2."/>
+      <w:lvlText w:val="6.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="8.3.%3"/>
+      <w:lvlText w:val="5.%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
-      </w:pPr>
-[...602 lines deleted...]
-        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2">
-[...7 lines deleted...]
-    </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="(%4)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="(%5)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="(%6)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
@@ -17719,2192 +9548,1594 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="69832395"/>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="34624FC6"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="6EECAB14"/>
+    <w:tmpl w:val="3498169C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="390" w:hanging="390"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="750" w:hanging="390"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="3.1.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="720"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="720"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="1080"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="1080"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="1440"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="1440"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="1440"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="397C094C"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="AF84E4C2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="13"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1."/>
-[...6 lines deleted...]
-      </w:rPr>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="500" w:hanging="500"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
-      <w:start w:val="7"/>
-[...8 lines deleted...]
-      </w:rPr>
+      <w:start w:val="6"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="950" w:hanging="500"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlText w:val="%1.%2.%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1620" w:hanging="720"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2070" w:hanging="720"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="720"/>
       </w:pPr>
-      <w:rPr>
-[...25 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
-[...6 lines deleted...]
-      </w:rPr>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3330" w:hanging="1080"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
-[...6 lines deleted...]
-      </w:rPr>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3780" w:hanging="1080"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
-[...6 lines deleted...]
-      </w:rPr>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4590" w:hanging="1440"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
-[...6 lines deleted...]
-      </w:rPr>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="1440"/>
+      </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="6BEE4FDF"/>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="455D3F60"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="8FA06004"/>
+    <w:tmpl w:val="04F2F774"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1"/>
-[...9 lines deleted...]
-      </w:rPr>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
-      <w:start w:val="1"/>
-[...7 lines deleted...]
-        <w:ind w:left="750" w:hanging="390"/>
+      <w:start w:val="4"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="785" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1.%2.%3"/>
-[...9 lines deleted...]
-      </w:rPr>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1.%2.%3.%4"/>
-[...9 lines deleted...]
-      </w:rPr>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1.%2.%3.%4.%5"/>
-[...9 lines deleted...]
-      </w:rPr>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1.%2.%3.%4.%5.%6"/>
-[...9 lines deleted...]
-      </w:rPr>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7"/>
-[...9 lines deleted...]
-      </w:rPr>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
-[...9 lines deleted...]
-      </w:rPr>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
-[...9 lines deleted...]
-      </w:rPr>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="6FB254AA"/>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="491C7B4A"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="9E583994"/>
+    <w:tmpl w:val="2B9EB028"/>
     <w:lvl w:ilvl="0">
-      <w:start w:val="1"/>
-[...4 lines deleted...]
-        <w:ind w:left="360" w:hanging="360"/>
+      <w:start w:val="2"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="390" w:hanging="390"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="6.%2."/>
-[...2 lines deleted...]
-        <w:ind w:left="720" w:hanging="360"/>
+      <w:lvlText w:val="3.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="750" w:hanging="390"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="5.%3."/>
-[...2 lines deleted...]
-        <w:ind w:left="1080" w:hanging="360"/>
+      <w:lvlText w:val="%1.%2.%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="720"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="720"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="1080"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="1080"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="1440"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="1440"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="1440"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4F5D7292"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="14D8154A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="390" w:hanging="390"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="750" w:hanging="390"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="3.2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="720"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="720"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="1080"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="1080"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="1440"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="1440"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="1440"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4FA70B26"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="D1B2291E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="3"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="390" w:hanging="390"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="4.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="750" w:hanging="390"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
       </w:rPr>
     </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="720"/>
+      </w:pPr>
+    </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="(%4)"/>
+      <w:lvlText w:val="%1.%2.%3.%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="720"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="1080"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="1080"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="1440"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="1440"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="1440"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="50CC6A7C"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="EC90EBCA"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="13"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="550" w:hanging="550"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="7"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1000" w:hanging="550"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1620" w:hanging="720"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2070" w:hanging="720"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="1080"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3330" w:hanging="1080"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3780" w:hanging="1080"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4590" w:hanging="1440"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="1440"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="56B07219"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="F5D0D394"/>
+    <w:lvl w:ilvl="0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-[...3 lines deleted...]
-        <w:ind w:left="1800" w:hanging="360"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-      <w:lvlText w:val="(%6)"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="572F7D64"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="4C1068DC"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="4"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="390" w:hanging="390"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="750" w:hanging="390"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="4.1.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="720"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="720"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="1080"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="1080"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="1440"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="1440"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="1440"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5DD21A5A"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="27DC875C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
+      <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
+      <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="360"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
-[...3 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="3926E796">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="61710869"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="97122E6C"/>
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="5.%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1004" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
-[...1 lines deleted...]
-      <w:numFmt w:val="lowerLetter"/>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1724" w:hanging="360"/>
-[...4 lines deleted...]
-      <w:numFmt w:val="lowerRoman"/>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
-      <w:lvlJc w:val="right"/>
-[...4 lines deleted...]
-    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3164" w:hanging="360"/>
-[...4 lines deleted...]
-      <w:numFmt w:val="lowerLetter"/>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3884" w:hanging="360"/>
-[...4 lines deleted...]
-      <w:numFmt w:val="lowerRoman"/>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%6."/>
-      <w:lvlJc w:val="right"/>
-[...4 lines deleted...]
-    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5324" w:hanging="360"/>
-[...4 lines deleted...]
-      <w:numFmt w:val="lowerLetter"/>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6044" w:hanging="360"/>
-[...4 lines deleted...]
-      <w:numFmt w:val="lowerRoman"/>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
-      <w:lvlJc w:val="right"/>
-[...1 lines deleted...]
-        <w:ind w:left="6764" w:hanging="180"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
-[...12 lines deleted...]
-        <w:ind w:left="1440" w:hanging="360"/>
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6EC424FB"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="BDDA003C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="390" w:hanging="390"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="750" w:hanging="390"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04190003">
-[...92 lines deleted...]
-        <w:ind w:left="6480" w:hanging="360"/>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="720"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="720"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="1080"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="1080"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="1440"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="1440"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="1800"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="739B4E07"/>
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="75D670A9"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="CD165EC0"/>
-[...112 lines deleted...]
-    <w:tmpl w:val="A2A043D4"/>
+    <w:tmpl w:val="C0C4D67C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="7"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-[...11 lines deleted...]
-        <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7A822F61"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="CC5456E2"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="8"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
+        <w:b/>
       </w:rPr>
     </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="720"/>
+      </w:pPr>
+    </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="720"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="1800" w:hanging="720"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1080" w:hanging="1080"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="2520" w:hanging="1080"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1080" w:hanging="1080"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="2880" w:hanging="1080"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1080" w:hanging="1080"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="3240" w:hanging="1080"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="1440"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="3960" w:hanging="1440"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="1440"/>
-[...136 lines deleted...]
-        </w:tabs>
         <w:ind w:left="4320" w:hanging="1440"/>
-      </w:pPr>
-[...253 lines deleted...]
-        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2">
-[...119 lines deleted...]
-  </w:num>
   <w:num w:numId="7">
-    <w:abstractNumId w:val="12"/>
-[...26 lines deleted...]
-    </w:lvlOverride>
+    <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="8">
-    <w:abstractNumId w:val="5"/>
-[...26 lines deleted...]
-    </w:lvlOverride>
+    <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="9">
-    <w:abstractNumId w:val="31"/>
-[...26 lines deleted...]
-    </w:lvlOverride>
+    <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="10">
-    <w:abstractNumId w:val="24"/>
-[...26 lines deleted...]
-    </w:lvlOverride>
+    <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="11">
-    <w:abstractNumId w:val="15"/>
-[...26 lines deleted...]
-    </w:lvlOverride>
+    <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="12">
-    <w:abstractNumId w:val="6"/>
-[...26 lines deleted...]
-    </w:lvlOverride>
+    <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="13">
-    <w:abstractNumId w:val="3"/>
-[...26 lines deleted...]
-    </w:lvlOverride>
+    <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="14">
-    <w:abstractNumId w:val="25"/>
-[...26 lines deleted...]
-    </w:lvlOverride>
+    <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="15">
-    <w:abstractNumId w:val="22"/>
-[...26 lines deleted...]
-    </w:lvlOverride>
+    <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="16">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="17">
-    <w:abstractNumId w:val="18"/>
+    <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="18">
-    <w:abstractNumId w:val="19"/>
+    <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="19">
-    <w:abstractNumId w:val="30"/>
+    <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="20">
-    <w:abstractNumId w:val="29"/>
+    <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="21">
-    <w:abstractNumId w:val="10"/>
-[...110 lines deleted...]
-  <w:num w:numId="32">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="33">
-[...11 lines deleted...]
-  <w:numIdMacAtCleanup w:val="23"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
-  <w:embedSystemFonts/>
-[...5 lines deleted...]
-  <w:displayHorizontalDrawingGridEvery w:val="2"/>
+  <w:embedTrueTypeFonts/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:documentProtection w:edit="readOnly" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="TNIDm80EPUH7tp9O3oAZUxJ6jOe/I3Gt/lUlUeC1K7jbm+/ya6j63O5SbNdHSxLaYUTl0nYkuQLbfXpG40KPOg==" w:salt="AQbZGD4WxH9u3f1u+U2Kaw=="/>
+  <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:hdrShapeDefaults>
-[...1 lines deleted...]
-  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="000C4C5D"/>
-[...275 lines deleted...]
-    <w:rsid w:val="00FD0E37"/>
+    <w:rsidRoot w:val="005767C2"/>
+    <w:rsid w:val="003D023A"/>
+    <w:rsid w:val="00455744"/>
+    <w:rsid w:val="005767C2"/>
+    <w:rsid w:val="00AC68A6"/>
+    <w:rsid w:val="00E76818"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:doNotIncludeSubdocsInStats/>
-[...5 lines deleted...]
-  </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="7FE78764"/>
-[...1 lines deleted...]
-  <w15:docId w15:val="{7DE3A521-4F01-48E6-AA66-4561C418698E}"/>
+  <w14:docId w14:val="7382118C"/>
+  <w15:docId w15:val="{CE5C7838-BAAE-49B3-B85F-708AC613C57D}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="uk" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
-[...16 lines deleted...]
-    <w:lsdException w:name="Emphasis" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
-    <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
-    <w:lsdException w:name="List Paragraph" w:qFormat="1"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
@@ -20055,742 +11286,688 @@
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
-    <w:qFormat/>
-[...4 lines deleted...]
-    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="10">
+  <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
-    <w:link w:val="11"/>
-    <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
-      <w:lang w:val="uk-UA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="20">
+  <w:style w:type="paragraph" w:styleId="2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
-    <w:link w:val="21"/>
-    <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
-      <w:lang w:val="uk-UA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="31">
+  <w:style w:type="paragraph" w:styleId="30">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
-    <w:link w:val="32"/>
-    <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
-      <w:bCs/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="40">
+  <w:style w:type="paragraph" w:styleId="4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
-    <w:link w:val="41"/>
-    <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
-      <w:overflowPunct w:val="0"/>
-[...2 lines deleted...]
-      <w:adjustRightInd w:val="0"/>
       <w:ind w:left="360" w:right="540" w:firstLine="540"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
-      <w:bCs/>
-      <w:lang w:val="uk-UA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
-    <w:link w:val="50"/>
-    <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:ind w:left="360"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
-      <w:bCs/>
-      <w:lang w:val="uk-UA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
-    <w:link w:val="60"/>
-    <w:qFormat/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
-      <w:bCs/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="7">
     <w:name w:val="heading 7"/>
-    <w:basedOn w:val="a"/>
-    <w:next w:val="a"/>
     <w:link w:val="70"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:tabs>
         <w:tab w:val="left" w:pos="10080"/>
       </w:tabs>
       <w:ind w:left="360" w:right="540"/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:lang w:val="uk-UA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:styleId="a3">
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
+    <w:name w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblCellMar>
+        <w:top w:w="100" w:type="dxa"/>
+        <w:left w:w="100" w:type="dxa"/>
+        <w:bottom w:w="100" w:type="dxa"/>
+        <w:right w:w="100" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:pPr>
+      <w:ind w:right="-81"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="36"/>
+      <w:szCs w:val="36"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Hyperlink"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a4">
+  <w:style w:type="character" w:styleId="a5">
     <w:name w:val="FollowedHyperlink"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       <w:color w:val="800080"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="11">
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
     <w:name w:val="Заголовок 1 Знак"/>
-    <w:link w:val="10"/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria" w:hint="default"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
       <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="21">
+  <w:style w:type="character" w:customStyle="1" w:styleId="20">
     <w:name w:val="Заголовок 2 Знак"/>
-    <w:link w:val="20"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria" w:hint="default"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="32">
+  <w:style w:type="character" w:customStyle="1" w:styleId="31">
     <w:name w:val="Заголовок 3 Знак"/>
-    <w:link w:val="31"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria" w:hint="default"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
       <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="41">
+  <w:style w:type="character" w:customStyle="1" w:styleId="40">
     <w:name w:val="Заголовок 4 Знак"/>
-    <w:link w:val="40"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="50">
     <w:name w:val="Заголовок 5 Знак"/>
-    <w:link w:val="5"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
       <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="60">
     <w:name w:val="Заголовок 6 Знак"/>
-    <w:link w:val="6"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HTML">
-    <w:name w:val="Стандартный HTML Знак"/>
+    <w:name w:val="Стандартний HTML Знак"/>
     <w:link w:val="HTML0"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTML0">
     <w:name w:val="HTML Preformatted"/>
-    <w:basedOn w:val="a"/>
     <w:link w:val="HTML"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="916"/>
         <w:tab w:val="left" w:pos="1832"/>
         <w:tab w:val="left" w:pos="2748"/>
         <w:tab w:val="left" w:pos="3664"/>
         <w:tab w:val="left" w:pos="4580"/>
         <w:tab w:val="left" w:pos="5496"/>
         <w:tab w:val="left" w:pos="6412"/>
         <w:tab w:val="left" w:pos="7328"/>
         <w:tab w:val="left" w:pos="8244"/>
         <w:tab w:val="left" w:pos="9160"/>
         <w:tab w:val="left" w:pos="10076"/>
         <w:tab w:val="left" w:pos="10992"/>
         <w:tab w:val="left" w:pos="11908"/>
         <w:tab w:val="left" w:pos="12824"/>
         <w:tab w:val="left" w:pos="13740"/>
         <w:tab w:val="left" w:pos="14656"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:color w:val="000000"/>
       <w:sz w:val="34"/>
       <w:szCs w:val="34"/>
-      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+      <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a5">
+  <w:style w:type="paragraph" w:styleId="a6">
     <w:name w:val="Normal (Web)"/>
-    <w:basedOn w:val="a"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial Unicode MS" w:cs="Arial Unicode MS"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="70">
     <w:name w:val="Заголовок 7 Знак"/>
     <w:link w:val="7"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
-[...1 lines deleted...]
-    <w:link w:val="a7"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
+    <w:name w:val="Текст примітки Знак"/>
+    <w:link w:val="a8"/>
     <w:uiPriority w:val="99"/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a7">
+  <w:style w:type="paragraph" w:styleId="a8">
     <w:name w:val="annotation text"/>
-    <w:basedOn w:val="a"/>
-    <w:link w:val="a6"/>
+    <w:link w:val="a7"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a8">
-[...1 lines deleted...]
-    <w:link w:val="a9"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a9">
+    <w:name w:val="Верхній колонтитул Знак"/>
+    <w:link w:val="aa"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a9">
+  <w:style w:type="paragraph" w:styleId="aa">
     <w:name w:val="header"/>
-    <w:basedOn w:val="a"/>
-    <w:link w:val="a8"/>
+    <w:link w:val="a9"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="aa">
-[...1 lines deleted...]
-    <w:link w:val="ab"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ab">
+    <w:name w:val="Нижній колонтитул Знак"/>
+    <w:link w:val="ac"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ab">
+  <w:style w:type="paragraph" w:styleId="ac">
     <w:name w:val="footer"/>
-    <w:basedOn w:val="a"/>
-    <w:link w:val="aa"/>
+    <w:link w:val="ab"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ac">
+  <w:style w:type="paragraph" w:styleId="ad">
     <w:name w:val="List"/>
-    <w:basedOn w:val="a"/>
     <w:pPr>
       <w:ind w:left="283" w:hanging="283"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="22">
+  <w:style w:type="paragraph" w:styleId="21">
     <w:name w:val="List 2"/>
-    <w:basedOn w:val="a"/>
     <w:pPr>
       <w:ind w:left="566" w:hanging="283"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="33">
+  <w:style w:type="paragraph" w:styleId="32">
     <w:name w:val="List 3"/>
-    <w:basedOn w:val="a"/>
     <w:pPr>
       <w:ind w:left="849" w:hanging="283"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="3">
     <w:name w:val="List Bullet 3"/>
-    <w:basedOn w:val="a"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="1"/>
       </w:numPr>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="ad">
+  <w:style w:type="character" w:customStyle="1" w:styleId="ae">
     <w:name w:val="Заголовок Знак"/>
-    <w:link w:val="ae"/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria" w:hint="default"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
       <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ae">
-[...17 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="af">
-    <w:name w:val="Основной текст Знак"/>
+    <w:name w:val="Основний текст Знак"/>
     <w:link w:val="af0"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="af0">
     <w:name w:val="Body Text"/>
-    <w:basedOn w:val="a"/>
     <w:link w:val="af"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="uk-UA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="af1">
-    <w:name w:val="Основной текст с отступом Знак"/>
+    <w:name w:val="Основний текст з відступом Знак"/>
     <w:link w:val="af2"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="af2">
     <w:name w:val="Body Text Indent"/>
-    <w:basedOn w:val="a"/>
     <w:link w:val="af1"/>
     <w:pPr>
       <w:spacing w:after="120"/>
       <w:ind w:left="283"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="af3">
     <w:name w:val="Body Text First Indent"/>
     <w:basedOn w:val="af0"/>
     <w:pPr>
       <w:spacing w:after="120"/>
       <w:ind w:firstLine="210"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="23">
+  <w:style w:type="paragraph" w:styleId="22">
     <w:name w:val="Body Text First Indent 2"/>
     <w:basedOn w:val="af2"/>
     <w:pPr>
       <w:ind w:firstLine="210"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="24">
-[...1 lines deleted...]
-    <w:link w:val="25"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="23">
+    <w:name w:val="Основний текст 2 Знак"/>
+    <w:link w:val="24"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="25">
+  <w:style w:type="paragraph" w:styleId="24">
     <w:name w:val="Body Text 2"/>
-    <w:basedOn w:val="a"/>
-    <w:link w:val="24"/>
+    <w:link w:val="23"/>
     <w:rPr>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="uk-UA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="26">
-[...1 lines deleted...]
-    <w:link w:val="27"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="25">
+    <w:name w:val="Основний текст з відступом 2 Знак"/>
+    <w:link w:val="26"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="27">
+  <w:style w:type="paragraph" w:styleId="26">
     <w:name w:val="Body Text Indent 2"/>
-    <w:basedOn w:val="a"/>
-    <w:link w:val="26"/>
+    <w:link w:val="25"/>
     <w:pPr>
       <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="16"/>
       <w:ind w:left="360"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="uk-UA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="af4">
     <w:name w:val="Block Text"/>
-    <w:basedOn w:val="a"/>
     <w:pPr>
       <w:ind w:left="567" w:right="1689" w:firstLine="720"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="af5">
-    <w:name w:val="Тема примечания Знак"/>
+    <w:name w:val="Тема примітки Знак"/>
     <w:link w:val="af6"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="af6">
     <w:name w:val="annotation subject"/>
-    <w:basedOn w:val="a7"/>
-    <w:next w:val="a7"/>
+    <w:basedOn w:val="a8"/>
+    <w:next w:val="a8"/>
     <w:link w:val="af5"/>
     <w:semiHidden/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="af7">
-    <w:name w:val="Текст выноски Знак"/>
+    <w:name w:val="Текст у виносці Знак"/>
     <w:link w:val="af8"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma" w:hint="default"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="af8">
     <w:name w:val="Balloon Text"/>
-    <w:basedOn w:val="a"/>
     <w:link w:val="af7"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Oaeno0">
     <w:name w:val="Oaeno0"/>
-    <w:basedOn w:val="a"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:line="210" w:lineRule="atLeast"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="a10">
     <w:name w:val="a1"/>
-    <w:basedOn w:val="a"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="af9">
     <w:name w:val="List Paragraph"/>
-    <w:basedOn w:val="a"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="708"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="afa">
     <w:name w:val="Revision"/>
     <w:semiHidden/>
     <w:rPr>
-      <w:sz w:val="24"/>
-      <w:szCs w:val="24"/>
       <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="afb">
     <w:name w:val="annotation reference"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="afc">
     <w:name w:val="page number"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="110">
+  <w:style w:type="character" w:customStyle="1" w:styleId="11">
     <w:name w:val="Заголовок 1 Знак1"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="x-none" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="410">
+  <w:style w:type="character" w:customStyle="1" w:styleId="41">
     <w:name w:val="Заголовок 4 Знак1"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="x-none" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="71">
     <w:name w:val="Заголовок 7 Знак1"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="x-none" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="210">
     <w:name w:val="Основной текст 2 Знак1"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
@@ -20809,95 +11986,105 @@
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="51">
     <w:name w:val="Стиль5"/>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:val="uk-UA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="afd">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="nil"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:customStyle="1" w:styleId="1">
+  <w:style w:type="numbering" w:customStyle="1" w:styleId="13">
     <w:name w:val="Стиль1"/>
+  </w:style>
+  <w:style w:type="numbering" w:customStyle="1" w:styleId="33">
+    <w:name w:val="Стиль3"/>
+  </w:style>
+  <w:style w:type="numbering" w:customStyle="1" w:styleId="42">
+    <w:name w:val="Стиль4"/>
+  </w:style>
+  <w:style w:type="numbering" w:customStyle="1" w:styleId="27">
+    <w:name w:val="Стиль2"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="afe">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
     <w:pPr>
-      <w:numPr>
-[...1 lines deleted...]
-      </w:numPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="360" w:after="80"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
+      <w:i/>
+      <w:color w:val="666666"/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="numbering" w:customStyle="1" w:styleId="30">
-[...21 lines deleted...]
-    </w:pPr>
+  <w:style w:type="table" w:customStyle="1" w:styleId="aff">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="115" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="115" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
-[...3 lines deleted...]
-</w:webSettings>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://uakey.com.ua/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://uakey.com.ua/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font8.odttf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font3.odttf"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font7.odttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font6.odttf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font5.odttf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font4.odttf"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font9.odttf"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -21117,103 +12304,89 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<go:gDocsCustomXmlDataStorage xmlns:go="http://customooxmlschemas.google.com/" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" uri="GoogleDocsCustomDataVersion2">
+  <go:docsCustomData xmlns:go="http://customooxmlschemas.google.com/" roundtripDataSignature="AMtx7mi8Bd26UxYhTISh9PKGpUcBugmajg==">CgMxLjAyDWgub2VzMTVtcmNiMnIyDmguY2FlOHZ2azRyaXg1OABqRAo2c3VnZ2VzdElkSW1wb3J0OTk2YTFjMzgtMmQyYy00YmYwLTgzYTAtNzVkYTEwZjM1NTIyXzQ4EgplIGZlZG9yb3ZhakQKNnN1Z2dlc3RJZEltcG9ydDk5NmExYzM4LTJkMmMtNGJmMC04M2EwLTc1ZGExMGYzNTUyMl81ORIKZSBmZWRvcm92YWpECjZzdWdnZXN0SWRJbXBvcnQ5OTZhMWMzOC0yZDJjLTRiZjAtODNhMC03NWRhMTBmMzU1MjJfMTgSCmUgZmVkb3JvdmFqQwo1c3VnZ2VzdElkSW1wb3J0OTk2YTFjMzgtMmQyYy00YmYwLTgzYTAtNzVkYTEwZjM1NTIyXzkSCmUgZmVkb3JvdmFqRAo2c3VnZ2VzdElkSW1wb3J0OTk2YTFjMzgtMmQyYy00YmYwLTgzYTAtNzVkYTEwZjM1NTIyXzUwEgplIGZlZG9yb3ZhakQKNnN1Z2dlc3RJZEltcG9ydDk5NmExYzM4LTJkMmMtNGJmMC04M2EwLTc1ZGExMGYzNTUyMl80NxIKZSBmZWRvcm92YWpECjZzdWdnZXN0SWRJbXBvcnQ5OTZhMWMzOC0yZDJjLTRiZjAtODNhMC03NWRhMTBmMzU1MjJfNjQSCmUgZmVkb3JvdmFqRAo2c3VnZ2VzdElkSW1wb3J0OTk2YTFjMzgtMmQyYy00YmYwLTgzYTAtNzVkYTEwZjM1NTIyXzY5EgplIGZlZG9yb3ZhakQKNnN1Z2dlc3RJZEltcG9ydDk5NmExYzM4LTJkMmMtNGJmMC04M2EwLTc1ZGExMGYzNTUyMl80MhIKZSBmZWRvcm92YWpECjZzdWdnZXN0SWRJbXBvcnQ5OTZhMWMzOC0yZDJjLTRiZjAtODNhMC03NWRhMTBmMzU1MjJfMjASCmUgZmVkb3JvdmFqRAo2c3VnZ2VzdElkSW1wb3J0OTk2YTFjMzgtMmQyYy00YmYwLTgzYTAtNzVkYTEwZjM1NTIyXzQ2EgplIGZlZG9yb3ZhakYKFHN1Z2dlc3QuemF4YWFodjV1cXQxEi7QntC70LXQvdCwINCk0LXQtNC+0YDQvtCy0LAt0J7QstGH0LDRgNC10L3QutC+akMKNXN1Z2dlc3RJZEltcG9ydDk5NmExYzM4LTJkMmMtNGJmMC04M2EwLTc1ZGExMGYzNTUyMl80EgplIGZlZG9yb3ZhakQKNnN1Z2dlc3RJZEltcG9ydDk5NmExYzM4LTJkMmMtNGJmMC04M2EwLTc1ZGExMGYzNTUyMl8yNhIKZSBmZWRvcm92YWpECjZzdWdnZXN0SWRJbXBvcnQ5OTZhMWMzOC0yZDJjLTRiZjAtODNhMC03NWRhMTBmMzU1MjJfMzMSCmUgZmVkb3JvdmFqRgoUc3VnZ2VzdC5oN3cxYzB2M25obHYSLtCe0LvQtdC90LAg0KTQtdC00L7RgNC+0LLQsC3QntCy0YfQsNGA0LXQvdC60L5qRAo2c3VnZ2VzdElkSW1wb3J0OTk2YTFjMzgtMmQyYy00YmYwLTgzYTAtNzVkYTEwZjM1NTIyXzU0EgplIGZlZG9yb3ZhakQKNnN1Z2dlc3RJZEltcG9ydDk5NmExYzM4LTJkMmMtNGJmMC04M2EwLTc1ZGExMGYzNTUyMl80NBIKZSBmZWRvcm92YWpFChNzdWdnZXN0LnRuMGc4anIzeTNuEi7QntC70LXQvdCwINCk0LXQtNC+0YDQvtCy0LAt0J7QstGH0LDRgNC10L3QutC+akMKNXN1Z2dlc3RJZEltcG9ydDk5NmExYzM4LTJkMmMtNGJmMC04M2EwLTc1ZGExMGYzNTUyMl83EgplIGZlZG9yb3ZhakQKNnN1Z2dlc3RJZEltcG9ydDk5NmExYzM4LTJkMmMtNGJmMC04M2EwLTc1ZGExMGYzNTUyMl81OBIKZSBmZWRvcm92YWpECjZzdWdnZXN0SWRJbXBvcnQ5OTZhMWMzOC0yZDJjLTRiZjAtODNhMC03NWRhMTBmMzU1MjJfMjQSCmUgZmVkb3JvdmFqRQoTc3VnZ2VzdC5zczN5eGswcHk1bxIu0J7Qu9C10L3QsCDQpNC10LTQvtGA0L7QstCwLdCe0LLRh9Cw0YDQtdC90LrQvmpECjZzdWdnZXN0SWRJbXBvcnQ5OTZhMWMzOC0yZDJjLTRiZjAtODNhMC03NWRhMTBmMzU1MjJfMzcSCmUgZmVkb3JvdmFqQwo1c3VnZ2VzdElkSW1wb3J0OTk2YTFjMzgtMmQyYy00YmYwLTgzYTAtNzVkYTEwZjM1NTIyXzMSCmUgZmVkb3JvdmFqQwo1c3VnZ2VzdElkSW1wb3J0OTk2YTFjMzgtMmQyYy00YmYwLTgzYTAtNzVkYTEwZjM1NTIyXzESCmUgZmVkb3JvdmFqRAo2c3VnZ2VzdElkSW1wb3J0OTk2YTFjMzgtMmQyYy00YmYwLTgzYTAtNzVkYTEwZjM1NTIyXzQwEgplIGZlZG9yb3ZhakQKNnN1Z2dlc3RJZEltcG9ydDk5NmExYzM4LTJkMmMtNGJmMC04M2EwLTc1ZGExMGYzNTUyMl8xNhIKZSBmZWRvcm92YWpECjZzdWdnZXN0SWRJbXBvcnQ5OTZhMWMzOC0yZDJjLTRiZjAtODNhMC03NWRhMTBmMzU1MjJfMjMSCmUgZmVkb3JvdmFqRAo2c3VnZ2VzdElkSW1wb3J0OTk2YTFjMzgtMmQyYy00YmYwLTgzYTAtNzVkYTEwZjM1NTIyXzYxEgplIGZlZG9yb3ZhakQKNnN1Z2dlc3RJZEltcG9ydDk5NmExYzM4LTJkMmMtNGJmMC04M2EwLTc1ZGExMGYzNTUyMl82MxIKZSBmZWRvcm92YWpECjZzdWdnZXN0SWRJbXBvcnQ5OTZhMWMzOC0yZDJjLTRiZjAtODNhMC03NWRhMTBmMzU1MjJfNTYSCmUgZmVkb3JvdmFqRAo2c3VnZ2VzdElkSW1wb3J0OTk2YTFjMzgtMmQyYy00YmYwLTgzYTAtNzVkYTEwZjM1NTIyXzM1EgplIGZlZG9yb3ZhakYKFHN1Z2dlc3QuYndmYm54cDB0a29pEi7QntC70LXQvdCwINCk0LXQtNC+0YDQvtCy0LAt0J7QstGH0LDRgNC10L3QutC+akYKFHN1Z2dlc3Quc3luaW8wczh2bm9vEi7QntC70LXQvdCwINCk0LXQtNC+0YDQvtCy0LAt0J7QstGH0LDRgNC10L3QutC+akYKFHN1Z2dlc3QuMmpvdW84Y2x1NGJ1Ei7QntC70LXQvdCwINCk0LXQtNC+0YDQvtCy0LAt0J7QstGH0LDRgNC10L3QutC+akYKFHN1Z2dlc3Qua3MzNDVvYXRvN2xyEi7QntC70LXQvdCwINCk0LXQtNC+0YDQvtCy0LAt0J7QstGH0LDRgNC10L3QutC+akYKFHN1Z2dlc3QuZmkxd250cW5pYWM3Ei7QntC70LXQvdCwINCk0LXQtNC+0YDQvtCy0LAt0J7QstGH0LDRgNC10L3QutC+akQKNnN1Z2dlc3RJZEltcG9ydDk5NmExYzM4LTJkMmMtNGJmMC04M2EwLTc1ZGExMGYzNTUyMl81MhIKZSBmZWRvcm92YWpECjZzdWdnZXN0SWRJbXBvcnQ5OTZhMWMzOC0yZDJjLTRiZjAtODNhMC03NWRhMTBmMzU1MjJfNDUSCmUgZmVkb3JvdmFqRgoUc3VnZ2VzdC51Nno5dTJjM3BvNzISLtCe0LvQtdC90LAg0KTQtdC00L7RgNC+0LLQsC3QntCy0YfQsNGA0LXQvdC60L5qRQoTc3VnZ2VzdC5xOGtzN2M2MzNmeRIu0J7Qu9C10L3QsCDQpNC10LTQvtGA0L7QstCwLdCe0LLRh9Cw0YDQtdC90LrQvmpECjZzdWdnZXN0SWRJbXBvcnQ5OTZhMWMzOC0yZDJjLTRiZjAtODNhMC03NWRhMTBmMzU1MjJfNjYSCmUgZmVkb3JvdmFqRAo2c3VnZ2VzdElkSW1wb3J0OTk2YTFjMzgtMmQyYy00YmYwLTgzYTAtNzVkYTEwZjM1NTIyXzM4EgplIGZlZG9yb3ZhakYKFHN1Z2dlc3QucW92dXM5NDdrOGIwEi7QntC70LXQvdCwINCk0LXQtNC+0YDQvtCy0LAt0J7QstGH0LDRgNC10L3QutC+akQKNnN1Z2dlc3RJZEltcG9ydDk5NmExYzM4LTJkMmMtNGJmMC04M2EwLTc1ZGExMGYzNTUyMl8yMRIKZSBmZWRvcm92YWpECjZzdWdnZXN0SWRJbXBvcnQ5OTZhMWMzOC0yZDJjLTRiZjAtODNhMC03NWRhMTBmMzU1MjJfNjcSCmUgZmVkb3JvdmFqRgoUc3VnZ2VzdC5sZzJicnljejJibjQSLtCe0LvQtdC90LAg0KTQtdC00L7RgNC+0LLQsC3QntCy0YfQsNGA0LXQvdC60L5qRAo2c3VnZ2VzdElkSW1wb3J0OTk2YTFjMzgtMmQyYy00YmYwLTgzYTAtNzVkYTEwZjM1NTIyXzM5EgplIGZlZG9yb3ZhakQKNnN1Z2dlc3RJZEltcG9ydDk5NmExYzM4LTJkMmMtNGJmMC04M2EwLTc1ZGExMGYzNTUyMl8xMhIKZSBmZWRvcm92YWpECjZzdWdnZXN0SWRJbXBvcnQ5OTZhMWMzOC0yZDJjLTRiZjAtODNhMC03NWRhMTBmMzU1MjJfMTQSCmUgZmVkb3JvdmFqRgoUc3VnZ2VzdC51NnZjc3JjanBvdjMSLtCe0LvQtdC90LAg0KTQtdC00L7RgNC+0LLQsC3QntCy0YfQsNGA0LXQvdC60L5qRgoUc3VnZ2VzdC5meDN4ZmltaTU0NDISLtCe0LvQtdC90LAg0KTQtdC00L7RgNC+0LLQsC3QntCy0YfQsNGA0LXQvdC60L5qRgoUc3VnZ2VzdC52bHplMG03a2hibmMSLtCe0LvQtdC90LAg0KTQtdC00L7RgNC+0LLQsC3QntCy0YfQsNGA0LXQvdC60L5qRAo2c3VnZ2VzdElkSW1wb3J0OTk2YTFjMzgtMmQyYy00YmYwLTgzYTAtNzVkYTEwZjM1NTIyXzEwEgplIGZlZG9yb3ZhakYKFHN1Z2dlc3QuZW1qaXoxamp3c3RkEi7QntC70LXQvdCwINCk0LXQtNC+0YDQvtCy0LAt0J7QstGH0LDRgNC10L3QutC+akYKFHN1Z2dlc3QucHRldTg5MmRyOXk0Ei7QntC70LXQvdCwINCk0LXQtNC+0YDQvtCy0LAt0J7QstGH0LDRgNC10L3QutC+akQKNnN1Z2dlc3RJZEltcG9ydDk5NmExYzM4LTJkMmMtNGJmMC04M2EwLTc1ZGExMGYzNTUyMl8yOBIKZSBmZWRvcm92YWpGChRzdWdnZXN0LnNhOGw5ejlzd3plcRIu0J7Qu9C10L3QsCDQpNC10LTQvtGA0L7QstCwLdCe0LLRh9Cw0YDQtdC90LrQvmpECjZzdWdnZXN0SWRJbXBvcnQ5OTZhMWMzOC0yZDJjLTRiZjAtODNhMC03NWRhMTBmMzU1MjJfMzISCmUgZmVkb3JvdmFyITE0WVVjM3p2OFROTmJ2UjZFaXpFQ3pwVDIyVWN1U0tPXw==</go:docsCustomData>
+</go:gDocsCustomXmlDataStorage>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11111111-1234-1234-1234-123412341234}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>30946</Characters>
+  <Pages>7</Pages>
+  <Words>5385</Words>
+  <Characters>30698</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>0</DocSecurity>
-  <Lines>257</Lines>
+  <DocSecurity>8</DocSecurity>
+  <Lines>255</Lines>
   <Paragraphs>72</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="4" baseType="variant">
+    <vt:vector size="2" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Название</vt:lpstr>
-[...5 lines deleted...]
-        <vt:lpstr>Title</vt:lpstr>
+        <vt:lpstr>Назва</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="2" baseType="lpstr">
-[...1 lines deleted...]
-      <vt:lpstr>Договір</vt:lpstr>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company>HOME</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>36303</CharactersWithSpaces>
+  <CharactersWithSpaces>36011</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
-  <HLinks>
-[...20 lines deleted...]
-  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Договір</dc:title>
-  <dc:subject/>
   <dc:creator>Данильченко Катерина</dc:creator>
-  <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>